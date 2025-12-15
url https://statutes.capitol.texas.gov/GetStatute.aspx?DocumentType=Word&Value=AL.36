--- v0 (2025-10-25)
+++ v1 (2025-12-15)
@@ -56,51 +56,57 @@
         <w:t xml:space="preserve">SUBTITLE A. PERMITS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">CHAPTER 36.  NONRESIDENT SELLER'S AGENTS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 36.01.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">36.01.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">AUTHORIZED ACTIVITIES.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A nonresident seller's agent may:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -232,51 +238,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId15">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1545</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 135, eff. September 1, 2019.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 36.04.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">36.04.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">INELIGIBILITY TO SERVE AS AN AGENT.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A person acting as a nonresident seller's agent may not act as an agent under Chapter </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
@@ -311,51 +323,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId16">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1545</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 136, eff. September 1, 2019.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 36.05.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">36.05.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">SAMPLES.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A nonresident seller's agent may not transport or carry liquor as samples, but may carry or display empty sample containers.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -384,51 +402,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId17">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1545</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 137, eff. September 1, 2019.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 36.06.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">36.06.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">SOLICITATION FROM HOLDER OF MIXED BEVERAGE OR PRIVATE CLUB PERMIT.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A nonresident seller's agent may not solicit business directly or indirectly from a holder of a mixed beverage permit or a private club registration permit unless the agent is accompanied by the holder of a wholesaler's permit or the wholesaler's agent.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -457,51 +481,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId18">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1545</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 138, eff. September 1, 2019.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 36.07.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">36.07.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">UNAUTHORIZED REPRESENTATION.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A nonresident seller's agent in soliciting or taking orders for the sale of liquor may not represent that the agent is an agent of a person other than the person who employs the agent or who has authorized the agent to represent the person.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -530,51 +560,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId19">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1545</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 139, eff. September 1, 2019.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 36.08.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">36.08.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">RESTRICTION AS TO SOURCE OF SUPPLY.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A nonresident seller's agent may not represent a person with respect to an alcoholic beverage unless the person represented is the primary American source of supply of the beverage as defined in Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">37.10</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">.</w:t>
       </w:r>