--- v0 (2025-11-06)
+++ v1 (2025-12-15)
@@ -47,51 +47,57 @@
         <w:t xml:space="preserve">TITLE 4. LIABILITY IN TORT</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">CHAPTER 83.  USE OF FORCE OR DEADLY FORCE</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 83.001.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">83.001.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CIVIL IMMUNITY.  A defendant who uses force or deadly force that is justified under Chapter </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, Penal Code, is immune from civil liability for personal injury or death that results from the defendant's use of force or deadly force, as applicable.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 1995, 74th Leg., ch. 235, Sec. 2, eff. Sept. 1, 1995.</w:t>
       </w:r>