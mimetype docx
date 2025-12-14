--- v0 (2025-10-19)
+++ v1 (2025-12-14)
@@ -47,151 +47,181 @@
         <w:t xml:space="preserve">TITLE 1. CODE OF CRIMINAL PROCEDURE</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">CHAPTER 11. HABEAS CORPUS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Art. 11.01. WHAT WRIT IS.  The writ of habeas corpus is the remedy to be used when any person is restrained in his liberty.  It is an order issued by a court or judge of competent jurisdiction, directed to any one having a person in his custody, or under his restraint, commanding him to produce such person, at a time and place named in the writ, and show why he is held in custody or under restraint.</w:t>
+        <w:t xml:space="preserve">Art.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">11.01. WHAT WRIT IS.  The writ of habeas corpus is the remedy to be used when any person is restrained in his liberty.  It is an order issued by a court or judge of competent jurisdiction, directed to any one having a person in his custody, or under his restraint, commanding him to produce such person, at a time and place named in the writ, and show why he is held in custody or under restraint.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1965, 59th Leg., vol. 2, p. 317, ch. 722.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Art. 11.02. TO WHOM DIRECTED.  The writ runs in the name of "The State of Texas".  It is addressed to a person having another under restraint, or in his custody, describing, as near as may be, the name of the office, if any, of the person to whom it is directed, and the name of the person said to be detained.  It shall fix the time and place of return, and be signed by the judge, or by the clerk with his seal, where issued by a court.</w:t>
+        <w:t xml:space="preserve">Art.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">11.02. TO WHOM DIRECTED.  The writ runs in the name of "The State of Texas".  It is addressed to a person having another under restraint, or in his custody, describing, as near as may be, the name of the office, if any, of the person to whom it is directed, and the name of the person said to be detained.  It shall fix the time and place of return, and be signed by the judge, or by the clerk with his seal, where issued by a court.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1965, 59th Leg., vol. 2, p. 317, ch. 722.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Art. 11.03. WANT OF FORM.  The writ of habeas corpus is not invalid, nor shall it be disobeyed for any want of form, if it substantially appear that it is issued by competent authority, and the writ sufficiently show the object of its issuance.</w:t>
+        <w:t xml:space="preserve">Art.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">11.03. WANT OF FORM.  The writ of habeas corpus is not invalid, nor shall it be disobeyed for any want of form, if it substantially appear that it is issued by competent authority, and the writ sufficiently show the object of its issuance.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1965, 59th Leg., vol. 2, p. 317, ch. 722.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Art. 11.04. CONSTRUCTION.  Every provision relating to the writ of habeas corpus shall be most favorably construed in order to give effect to the remedy, and protect the rights of the person seeking relief under it.</w:t>
+        <w:t xml:space="preserve">Art.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">11.04. CONSTRUCTION.  Every provision relating to the writ of habeas corpus shall be most favorably construed in order to give effect to the remedy, and protect the rights of the person seeking relief under it.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1965, 59th Leg., vol. 2, p. 317, ch. 722.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Art. 11.05. BY WHOM WRIT MAY BE ISSUED.  The court of criminal appeals, the district courts, the county courts, or any judge of those courts may issue the writ of habeas corpus, and it is their duty, on proper application, to issue the writ under the rules prescribed by law.</w:t>
+        <w:t xml:space="preserve">Art.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">11.05. BY WHOM WRIT MAY BE ISSUED.  The court of criminal appeals, the district courts, the county courts, or any judge of those courts may issue the writ of habeas corpus, and it is their duty, on proper application, to issue the writ under the rules prescribed by law.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1965, 59th Leg., vol. 2, p. 317, ch. 722.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Amended by: </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -202,51 +232,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId14">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1516</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2023.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Art. 11.051. FILING FEE PROHIBITED. Notwithstanding any other law, a clerk of a court may not require a filing fee from an individual who files an application for a writ of habeas corpus.</w:t>
+        <w:t xml:space="preserve">Art.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">11.051. FILING FEE PROHIBITED. Notwithstanding any other law, a clerk of a court may not require a filing fee from an individual who files an application for a writ of habeas corpus.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 1999, 76th Leg., ch. 392, Sec. 1, eff. Aug. 30, 1999.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Amended by: </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -257,51 +293,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId15">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1516</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. September 1, 2023.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Art. 11.06. WHERE WRIT IS RETURNABLE IN CASES NOT INVOLVING FELONY CONVICTION.  (a)  If the applicant has not been formally charged by indictment or information, the writ must be made returnable to the county in which:</w:t>
+        <w:t xml:space="preserve">Art.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">11.06. WHERE WRIT IS RETURNABLE IN CASES NOT INVOLVING FELONY CONVICTION.  (a)  If the applicant has not been formally charged by indictment or information, the writ must be made returnable to the county in which:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">the applicant is confined to the custody of the sheriff or other authority;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
@@ -413,51 +455,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId16">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1516</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 3, eff. September 1, 2023.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Art. 11.07. PROCEDURE AFTER CONVICTION WITHOUT DEATH PENALTY</w:t>
+        <w:t xml:space="preserve">Art.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">11.07. PROCEDURE AFTER CONVICTION WITHOUT DEATH PENALTY</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Sec. 1. This article establishes the procedures for an application for writ of habeas corpus in which the applicant seeks relief from a felony judgment imposing a penalty other than death.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Sec. 2.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
@@ -872,51 +920,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId23">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1516</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 20, eff. September 1, 2023.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Art. 11.071. PROCEDURE IN DEATH PENALTY CASE</w:t>
+        <w:t xml:space="preserve">Art.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">11.071. PROCEDURE IN DEATH PENALTY CASE</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Sec. 1.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">APPLICATION TO DEATH PENALTY CASE.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Notwithstanding any other provision of this chapter, this article establishes the procedures for an application for a writ of habeas corpus in which the applicant seeks relief from a judgment imposing a penalty of death.</w:t>
@@ -2843,51 +2897,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId38">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1743</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 5, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Art. 11.072. PROCEDURE IN COMMUNITY SUPERVISION CASE.</w:t>
+        <w:t xml:space="preserve">Art.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">11.072. PROCEDURE IN COMMUNITY SUPERVISION CASE.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Sec. 1. This article establishes the procedures for an application for a writ of habeas corpus in a felony or misdemeanor case in which the applicant seeks relief from an order or a judgment of conviction ordering community supervision.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Sec. 2.  (a)  An application for a writ of habeas corpus under this article must be filed with the clerk of the court in which community supervision was imposed.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
@@ -3293,51 +3353,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId40">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>3774</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 8.02, eff. September 1, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Art. 11.073.</w:t>
+        <w:t xml:space="preserve">Art.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">11.073.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PROCEDURE RELATED TO CERTAIN SCIENTIFIC EVIDENCE.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This article applies to relevant scientific evidence that:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -3622,51 +3688,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId42">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>3724</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Art. 11.0731.</w:t>
+        <w:t xml:space="preserve">Art.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">11.0731.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PROCEDURES RELATED TO CERTAIN PREVIOUSLY TESTED EVIDENCE.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This article applies to relevant evidence consisting of biological material described by Article </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">64.01</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(a) that was:</w:t>
       </w:r>
@@ -3882,51 +3954,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId43">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>3872</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. June 15, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Art. 11.074.</w:t>
+        <w:t xml:space="preserve">Art.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">11.074.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">COURT-APPOINTED REPRESENTATION REQUIRED IN CERTAIN CASES.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This article applies only to a felony or misdemeanor case in which the applicant seeks relief on a writ of habeas corpus from a judgment of conviction that:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -4024,51 +4102,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId44">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>662</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. June 16, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Art. 11.08. APPLICANT ACCUSED OF FELONY.  If the applicant is accused of committing a felony offense, whether by indictment, information, warrant, arrest, or other means, and has not been convicted of the offense, the applicant or petitioner may apply:</w:t>
+        <w:t xml:space="preserve">Art.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">11.08. APPLICANT ACCUSED OF FELONY.  If the applicant is accused of committing a felony offense, whether by indictment, information, warrant, arrest, or other means, and has not been convicted of the offense, the applicant or petitioner may apply:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">to the judge of the court in which the indictment or information charging the applicant is pending; or</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
@@ -4155,51 +4239,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId45">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1516</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 4, eff. September 1, 2023.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Art. 11.09. APPLICANT ACCUSED OR CONVICTED OF MISDEMEANOR.  (a)</w:t>
+        <w:t xml:space="preserve">Art.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">11.09. APPLICANT ACCUSED OR CONVICTED OF MISDEMEANOR.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">If the applicant is accused of committing a misdemeanor offense, whether by information, warrant, complaint, arrest, or other means, and has not been convicted of the offense, the applicant or petitioner may apply:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -4314,51 +4404,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId46">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1516</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 5, eff. September 1, 2023.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Art. 11.10. PROCEEDINGS UNDER THE WRIT.  If an application is made to a judge under Article </w:t>
+        <w:t xml:space="preserve">Art.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">11.10. PROCEEDINGS UNDER THE WRIT.  If an application is made to a judge under Article </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">11.08</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">11.09</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, the judge shall appoint a time when the judge will examine the cause of the applicant, and issue the writ returnable at that time, in a specified place in a county to which the writ is returnable.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1965, 59th Leg., vol. 2, p. 317, ch. 722.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
@@ -4381,76 +4477,88 @@
       <w:hyperlink w:docLocation="table" r:id="rId47">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1516</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 6, eff. September 1, 2023.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Art. 11.11. EARLY HEARING.  The time so appointed shall be the earliest day which the judge can devote to hearing the cause of the applicant.</w:t>
+        <w:t xml:space="preserve">Art.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">11.11. EARLY HEARING.  The time so appointed shall be the earliest day which the judge can devote to hearing the cause of the applicant.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1965, 59th Leg., vol. 2, p. 317, ch. 722.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Art. 11.12. WHO MAY PRESENT APPLICATION.  The party for whose relief the writ of habeas corpus is intended, or any person on behalf of that party, may present an application for a writ of habeas corpus to the proper authority for the purpose of obtaining relief.</w:t>
+        <w:t xml:space="preserve">Art.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">11.12. WHO MAY PRESENT APPLICATION.  The party for whose relief the writ of habeas corpus is intended, or any person on behalf of that party, may present an application for a writ of habeas corpus to the proper authority for the purpose of obtaining relief.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1965, 59th Leg., vol. 2, p. 317, ch. 722.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Amended by: </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -4461,51 +4569,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId48">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1516</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 7, eff. September 1, 2023.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Art. 11.13. APPLICANT AND PETITIONER.  (a)  The word applicant, as used in this chapter, refers to the person for whose relief the application for a writ of habeas corpus is presented.</w:t>
+        <w:t xml:space="preserve">Art.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">11.13. APPLICANT AND PETITIONER.  (a)  The word applicant, as used in this chapter, refers to the person for whose relief the application for a writ of habeas corpus is presented.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">An application for a writ of habeas corpus may be signed and presented on behalf of an applicant by any person, who shall be referred to as the petitioner.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
@@ -4573,51 +4687,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId49">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1516</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 8, eff. September 1, 2023.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Art. 11.14. APPLICATION REQUIREMENTS.  (a)  An application for a writ of habeas corpus must state substantially:</w:t>
+        <w:t xml:space="preserve">Art.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">11.14. APPLICATION REQUIREMENTS.  (a)  An application for a writ of habeas corpus must state substantially:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">1.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">That the applicant is illegally restrained in the applicant's liberty, and by whom, naming both parties, if their names are known, or if unknown, designating and describing them;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
@@ -4742,51 +4862,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId50">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1516</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 9, eff. September 1, 2023.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Art. 11.15. WRIT ISSUED WITHOUT DELAY.  The writ of habeas corpus shall be issued without delay by the judge or court receiving the application, unless it be manifest from the application itself, or some documents annexed to it, that the applicant is not entitled to any relief.</w:t>
+        <w:t xml:space="preserve">Art.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">11.15. WRIT ISSUED WITHOUT DELAY.  The writ of habeas corpus shall be issued without delay by the judge or court receiving the application, unless it be manifest from the application itself, or some documents annexed to it, that the applicant is not entitled to any relief.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1965, 59th Leg., vol. 2, p. 317, ch. 722.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Amended by: </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -4797,51 +4923,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId51">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1516</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 10, eff. September 1, 2023.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Art. 11.16. WRIT MAY ISSUE WITHOUT APPLICATION.  A judge of the district or county court who has knowledge that any person is illegally confined or restrained in the person's liberty within the judge's district or county may, if the case is within the judge's jurisdiction, issue the writ of habeas corpus, without any application being made for the writ.</w:t>
+        <w:t xml:space="preserve">Art.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">11.16. WRIT MAY ISSUE WITHOUT APPLICATION.  A judge of the district or county court who has knowledge that any person is illegally confined or restrained in the person's liberty within the judge's district or county may, if the case is within the judge's jurisdiction, issue the writ of habeas corpus, without any application being made for the writ.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1965, 59th Leg., vol. 2, p. 317, ch. 722.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Amended by: </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -4852,226 +4984,274 @@
       <w:hyperlink w:docLocation="table" r:id="rId52">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1516</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 11, eff. September 1, 2023.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Art. 11.17. JUDGE MAY ISSUE WARRANT OF ARREST.  Whenever it appears by satisfactory evidence to any judge authorized to issue such writ that any one is held in illegal confinement or custody, and there is good reason to believe that he will be carried out of the State, or suffer some irreparable injury before he can obtain relief in the usual course of law, or whenever the writ of habeas corpus has been issued and disregarded, the said judge may issue a warrant to any peace officer, or to any person specially named by said judge, directing him to take and bring such person before such judge, to be dealt with according to law.</w:t>
+        <w:t xml:space="preserve">Art.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">11.17. JUDGE MAY ISSUE WARRANT OF ARREST.  Whenever it appears by satisfactory evidence to any judge authorized to issue such writ that any one is held in illegal confinement or custody, and there is good reason to believe that he will be carried out of the State, or suffer some irreparable injury before he can obtain relief in the usual course of law, or whenever the writ of habeas corpus has been issued and disregarded, the said judge may issue a warrant to any peace officer, or to any person specially named by said judge, directing him to take and bring such person before such judge, to be dealt with according to law.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1965, 59th Leg., vol. 2, p. 317, ch. 722.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Art. 11.18. MAY ARREST DETAINER.  Where it appears by the proof offered, under circumstances mentioned in the preceding Article, that the person charged with having illegal custody of the prisoner is, by such act, guilty of an offense against the law, the judge may, in the warrant, order that he be arrested and brought before him;  and upon examination, he may be committed, discharged, or held to bail, as the law and the nature of the case may require.</w:t>
+        <w:t xml:space="preserve">Art.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">11.18. MAY ARREST DETAINER.  Where it appears by the proof offered, under circumstances mentioned in the preceding Article, that the person charged with having illegal custody of the prisoner is, by such act, guilty of an offense against the law, the judge may, in the warrant, order that he be arrested and brought before him;  and upon examination, he may be committed, discharged, or held to bail, as the law and the nature of the case may require.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1965, 59th, Leg., vol. 2, p. 317, ch. 722.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Art. 11.19. PROCEEDINGS UNDER THE WARRANT.  The officer charged with the execution of the warrant shall bring the persons therein mentioned before the judge or court issuing the same, who shall inquire into the cause of the imprisonment or restraint, and make an order thereon, as in cases of habeas corpus, either remanding into custody, discharging or admitting to bail the party so imprisoned or restrained.</w:t>
+        <w:t xml:space="preserve">Art.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">11.19. PROCEEDINGS UNDER THE WARRANT.  The officer charged with the execution of the warrant shall bring the persons therein mentioned before the judge or court issuing the same, who shall inquire into the cause of the imprisonment or restraint, and make an order thereon, as in cases of habeas corpus, either remanding into custody, discharging or admitting to bail the party so imprisoned or restrained.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1965, 59th Leg., vol. 2, p. 317, ch. 722.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Art. 11.20. OFFICER EXECUTING WARRANT.  The same power may be exercised by the officer executing the warrant in cases arising under the foregoing Articles as is exercised in the execution of warrants of arrest.</w:t>
+        <w:t xml:space="preserve">Art.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">11.20. OFFICER EXECUTING WARRANT.  The same power may be exercised by the officer executing the warrant in cases arising under the foregoing Articles as is exercised in the execution of warrants of arrest.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1965, 59th Leg., vol. 2, p. 317, ch. 722.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Art. 11.21. CONSTRUCTIVE CUSTODY.  The words "confined", "imprisoned", "in custody", "confinement", "imprisonment", refer not only to the actual, corporeal and forcible detention of a person, but likewise to any coercive measures by threats, menaces or the fear of injury, whereby one person exercises a control over the person of another, and detains him within certain limits.</w:t>
+        <w:t xml:space="preserve">Art.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">11.21. CONSTRUCTIVE CUSTODY.  The words "confined", "imprisoned", "in custody", "confinement", "imprisonment", refer not only to the actual, corporeal and forcible detention of a person, but likewise to any coercive measures by threats, menaces or the fear of injury, whereby one person exercises a control over the person of another, and detains him within certain limits.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1965, 59th Leg., vol. 2, p. 317, ch. 722.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Art. 11.22. RESTRAINT.  By "restraint" is meant the kind of control which one person exercises over another, not to confine him within certain limits, but to subject him to the general authority and power of the person claiming such right.</w:t>
+        <w:t xml:space="preserve">Art.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">11.22. RESTRAINT.  By "restraint" is meant the kind of control which one person exercises over another, not to confine him within certain limits, but to subject him to the general authority and power of the person claiming such right.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1965, 59th Leg., vol. 2, p. 317, ch. 722.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Art. 11.23. SCOPE OF WRIT.  The writ of habeas corpus is intended to be applicable to all such cases of confinement and restraint, where there is no lawful right in the person exercising the power, or where, though the power in fact exists, it is exercised in a manner or degree not sanctioned by law.</w:t>
+        <w:t xml:space="preserve">Art.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">11.23. SCOPE OF WRIT.  The writ of habeas corpus is intended to be applicable to all such cases of confinement and restraint, where there is no lawful right in the person exercising the power, or where, though the power in fact exists, it is exercised in a manner or degree not sanctioned by law.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1965, 59th Leg., vol. 2, p. 317, ch. 722.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Art. 11.24. ONE COMMITTED IN DEFAULT OF BAIL.  Where a person has been committed to custody for failing to enter into bond, the person is entitled to the writ of habeas corpus, if it be stated in the application that there was no sufficient cause for requiring bail or that the bail required is excessive.  If the proof sustains the application, it will entitle the person to be discharged or have the bail reduced.</w:t>
+        <w:t xml:space="preserve">Art.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">11.24. ONE COMMITTED IN DEFAULT OF BAIL.  Where a person has been committed to custody for failing to enter into bond, the person is entitled to the writ of habeas corpus, if it be stated in the application that there was no sufficient cause for requiring bail or that the bail required is excessive.  If the proof sustains the application, it will entitle the person to be discharged or have the bail reduced.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1965, 59th Leg., vol. 2, p. 317, ch. 722.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Amended by: </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -5082,51 +5262,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId53">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1516</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 12, eff. September 1, 2023.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Art. 11.25. PERSON AFFLICTED WITH DISEASE.  When a judge or court authorized to issue writs of habeas corpus shall be satisfied, upon investigation, that a person in legal custody is afflicted with a disease which will render a removal necessary for the preservation of life, an order may be made for the removal of the person to some other place where the person's health will not be likely to suffer, or the person may be admitted to bail when it appears that any manner of confinement will endanger the person's life.</w:t>
+        <w:t xml:space="preserve">Art.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">11.25. PERSON AFFLICTED WITH DISEASE.  When a judge or court authorized to issue writs of habeas corpus shall be satisfied, upon investigation, that a person in legal custody is afflicted with a disease which will render a removal necessary for the preservation of life, an order may be made for the removal of the person to some other place where the person's health will not be likely to suffer, or the person may be admitted to bail when it appears that any manner of confinement will endanger the person's life.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1965, 59th Leg., vol. 2, p. 317, ch. 722.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Amended by: </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -5137,151 +5323,181 @@
       <w:hyperlink w:docLocation="table" r:id="rId54">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1516</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 13, eff. September 1, 2023.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Art. 11.26. WHO MAY SERVE WRIT.  The service of the writ may be made by any person competent to testify.</w:t>
+        <w:t xml:space="preserve">Art.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">11.26. WHO MAY SERVE WRIT.  The service of the writ may be made by any person competent to testify.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1965, 59th Leg., vol. 2, p. 317, ch. 722.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Art. 11.27. HOW WRIT MAY BE SERVED AND RETURNED.  The writ may be served by delivering a copy of the original to the person who is charged with having the party under restraint or in custody, and exhibiting the original, if demanded;  if he refuse to receive it, he shall be informed verbally of the purport of the writ.  If he refuses admittance to the person wishing to make the service, or conceals himself, a copy of the writ may be fixed upon some conspicuous part of the house where such person resides or conceals himself, or of the place where the prisoner is confined;  and the person serving the writ of habeas corpus shall, in all cases, state fully, in his return, the manner and the time of the service of the writ.</w:t>
+        <w:t xml:space="preserve">Art.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">11.27. HOW WRIT MAY BE SERVED AND RETURNED.  The writ may be served by delivering a copy of the original to the person who is charged with having the party under restraint or in custody, and exhibiting the original, if demanded;  if he refuse to receive it, he shall be informed verbally of the purport of the writ.  If he refuses admittance to the person wishing to make the service, or conceals himself, a copy of the writ may be fixed upon some conspicuous part of the house where such person resides or conceals himself, or of the place where the prisoner is confined;  and the person serving the writ of habeas corpus shall, in all cases, state fully, in his return, the manner and the time of the service of the writ.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1965, 59th Leg., vol. 2, p. 317, ch. 722.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Art. 11.28. RETURN UNDER OATH.  The return of a writ of habeas corpus, under the provisions of the preceding Article, if made by any person other than an officer, shall be under oath.</w:t>
+        <w:t xml:space="preserve">Art.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">11.28. RETURN UNDER OATH.  The return of a writ of habeas corpus, under the provisions of the preceding Article, if made by any person other than an officer, shall be under oath.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1965, 59th Leg., vol. 2, p. 317, ch. 722.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Art. 11.29. MUST MAKE RETURN.  The person on whom the writ of habeas corpus is served shall immediately obey the same, and make the return required by law upon the copy of the original writ served on him, and this, whether the writ be directed to him or not.</w:t>
+        <w:t xml:space="preserve">Art.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">11.29. MUST MAKE RETURN.  The person on whom the writ of habeas corpus is served shall immediately obey the same, and make the return required by law upon the copy of the original writ served on him, and this, whether the writ be directed to him or not.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1965, 59th Leg., vol. 2, p. 317, ch. 722.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Art. 11.30. HOW RETURN IS MADE.  The return is made by stating in plain language on the copy of the writ or some paper connected with it:</w:t>
+        <w:t xml:space="preserve">Art.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">11.30. HOW RETURN IS MADE.  The return is made by stating in plain language on the copy of the writ or some paper connected with it:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">1.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Whether it is true or not, according to the statement of the application, that the person has in the person's custody, or under the person's restraint, the applicant named or described in the application;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
@@ -5387,101 +5603,119 @@
       <w:hyperlink w:docLocation="table" r:id="rId55">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1516</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 14, eff. September 1, 2023.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Art. 11.31. APPLICANT BROUGHT BEFORE JUDGE.  The person on whom the writ is served shall bring before the judge the person in his custody, or under his restraint, unless it be made to appear that by reason of sickness he cannot be removed;  in which case, another day may be appointed by the judge or court for hearing the cause, and for the production of the person confined;  or the application may be heard and decided without the production of the person detained, by the consent of his counsel.</w:t>
+        <w:t xml:space="preserve">Art.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">11.31. APPLICANT BROUGHT BEFORE JUDGE.  The person on whom the writ is served shall bring before the judge the person in his custody, or under his restraint, unless it be made to appear that by reason of sickness he cannot be removed;  in which case, another day may be appointed by the judge or court for hearing the cause, and for the production of the person confined;  or the application may be heard and decided without the production of the person detained, by the consent of his counsel.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1965, 59th Leg., vol. 2, p. 317, ch. 722.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Art. 11.32. CUSTODY PENDING EXAMINATION.  When the return of the writ has been made, and the applicant brought before the court, he is no longer detained on the original warrant or process, but under the authority of the habeas corpus.  The safekeeping of the prisoner, pending the examination or hearing, is entirely under the direction and authority of the judge or court issuing the writ, or to which the return is made.  He may be bailed from day to day, or be remanded to the same jail whence he came, or to any other place of safekeeping under the control of the judge or court, till the case is finally determined.</w:t>
+        <w:t xml:space="preserve">Art.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">11.32. CUSTODY PENDING EXAMINATION.  When the return of the writ has been made, and the applicant brought before the court, he is no longer detained on the original warrant or process, but under the authority of the habeas corpus.  The safekeeping of the prisoner, pending the examination or hearing, is entirely under the direction and authority of the judge or court issuing the writ, or to which the return is made.  He may be bailed from day to day, or be remanded to the same jail whence he came, or to any other place of safekeeping under the control of the judge or court, till the case is finally determined.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1965, 59th Leg., vol. 2, p. 317, ch. 722.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Art. 11.33. COURT SHALL ALLOW TIME.  The court or judge issuing the writ of habeas corpus shall allow reasonable time for the production of the person detained in custody.</w:t>
+        <w:t xml:space="preserve">Art.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">11.33. COURT SHALL ALLOW TIME.  The court or judge issuing the writ of habeas corpus shall allow reasonable time for the production of the person detained in custody.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1965, 59th Leg., vol. 2, p. 317, ch. 722.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Amended by: </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -5492,151 +5726,181 @@
       <w:hyperlink w:docLocation="table" r:id="rId56">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1516</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 15, eff. September 1, 2023.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Art. 11.34. DISOBEYING WRIT.  When service has been made upon a person charged with the illegal custody of another, if he refuses to obey the writ and make the return required by law, or, if he refuses to receive the writ, or conceals himself, the court or judge issuing the writ shall issue a warrant directed to any officer or other suitable person willing to execute the same, commanding him to arrest the person charged with the illegal custody or detention of another, and bring him before such court or judge.  When such person has been arrested and brought before the court or judge, if he still refuses to return the writ, or does not produce the person in his custody, he shall be committed to jail and remain there until he is willing to obey the writ of habeas corpus, and until he pays all the costs of the proceeding.</w:t>
+        <w:t xml:space="preserve">Art.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">11.34. DISOBEYING WRIT.  When service has been made upon a person charged with the illegal custody of another, if he refuses to obey the writ and make the return required by law, or, if he refuses to receive the writ, or conceals himself, the court or judge issuing the writ shall issue a warrant directed to any officer or other suitable person willing to execute the same, commanding him to arrest the person charged with the illegal custody or detention of another, and bring him before such court or judge.  When such person has been arrested and brought before the court or judge, if he still refuses to return the writ, or does not produce the person in his custody, he shall be committed to jail and remain there until he is willing to obey the writ of habeas corpus, and until he pays all the costs of the proceeding.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1965, 59th Leg., vol. 2, p. 317, ch. 722.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Art. 11.35. FURTHER PENALTY FOR DISOBEYING WRIT.  Any person disobeying the writ of habeas corpus shall also be liable to a civil action at the suit of the party detained, and shall pay in such suit fifty dollars for each day of illegal detention and restraint, after service of the writ.  It shall be deemed that a person has disobeyed the writ who detains a prisoner a longer time than three days after service thereof, unless where further time is allowed in the writ for making the return thereto.</w:t>
+        <w:t xml:space="preserve">Art.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">11.35. FURTHER PENALTY FOR DISOBEYING WRIT.  Any person disobeying the writ of habeas corpus shall also be liable to a civil action at the suit of the party detained, and shall pay in such suit fifty dollars for each day of illegal detention and restraint, after service of the writ.  It shall be deemed that a person has disobeyed the writ who detains a prisoner a longer time than three days after service thereof, unless where further time is allowed in the writ for making the return thereto.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1965, 59th Leg., vol. 2, p. 317, ch. 722.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Art. 11.36. APPLICANT MAY BE BROUGHT BEFORE COURT.  In case of disobedience of the writ of habeas corpus, the person for whose relief it is intended may also be brought before the court or judge having competent authority, by an order for that purpose, issued to any peace officer or other proper person specially named.</w:t>
+        <w:t xml:space="preserve">Art.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">11.36. APPLICANT MAY BE BROUGHT BEFORE COURT.  In case of disobedience of the writ of habeas corpus, the person for whose relief it is intended may also be brought before the court or judge having competent authority, by an order for that purpose, issued to any peace officer or other proper person specially named.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1965, 59th Leg., vol. 2, p. 317, ch. 722.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Art. 11.37. DEATH, ETC., SUFFICIENT RETURN OF WRIT.  It is a sufficient return of the writ of habeas corpus that the person, once detained, has died or escaped, or that by some superior force he has been taken from the custody of the person making the return;  but where any such cause shall be assigned, the court or judge shall proceed to hear testimony;  and the facts stated in the return shall be proved by satisfactory evidence.</w:t>
+        <w:t xml:space="preserve">Art.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">11.37. DEATH, ETC., SUFFICIENT RETURN OF WRIT.  It is a sufficient return of the writ of habeas corpus that the person, once detained, has died or escaped, or that by some superior force he has been taken from the custody of the person making the return;  but where any such cause shall be assigned, the court or judge shall proceed to hear testimony;  and the facts stated in the return shall be proved by satisfactory evidence.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1965, 59th Leg., vol. 2, p. 317, ch. 722.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Art. 11.38. WHEN A PRISONER DIES.  When a prisoner confined in jail, or who is in legal custody, shall die, the officer having charge of the prisoner shall forthwith report the same to a justice of the peace of the county, who shall hold an inquest to ascertain the cause of the prisoner's death.  All the proceedings had in such cases shall be reduced to writing, certified and returned as in other cases of inquest; a certified copy of which shall be sufficient proof of the death of the prisoner at the hearing of an application for a writ of habeas corpus.</w:t>
+        <w:t xml:space="preserve">Art.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">11.38. WHEN A PRISONER DIES.  When a prisoner confined in jail, or who is in legal custody, shall die, the officer having charge of the prisoner shall forthwith report the same to a justice of the peace of the county, who shall hold an inquest to ascertain the cause of the prisoner's death.  All the proceedings had in such cases shall be reduced to writing, certified and returned as in other cases of inquest; a certified copy of which shall be sufficient proof of the death of the prisoner at the hearing of an application for a writ of habeas corpus.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1965, 59th Leg., vol. 2, p. 317, ch. 722.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Amended by: </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -5647,351 +5911,429 @@
       <w:hyperlink w:docLocation="table" r:id="rId57">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1516</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 16, eff. September 1, 2023.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Art. 11.39. WHO SHALL REPRESENT THE STATE.  If neither the county nor the district attorney be present, the judge may appoint some qualified practicing attorney to represent the State, who shall be paid the same fee allowed district attorneys for like services.</w:t>
+        <w:t xml:space="preserve">Art.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">11.39. WHO SHALL REPRESENT THE STATE.  If neither the county nor the district attorney be present, the judge may appoint some qualified practicing attorney to represent the State, who shall be paid the same fee allowed district attorneys for like services.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1965, 59th Leg., vol. 2, p. 317, ch. 722.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Art. 11.40. PRISONER DISCHARGED.  The judge or court before whom a person is brought by writ of habeas corpus shall examine the writ and the papers attached to it;  and if no legal cause be shown for the imprisonment or restraint, or if it appear that the imprisonment or restraint, though at first legal, cannot for any cause be lawfully prolonged, the applicant shall be discharged.</w:t>
+        <w:t xml:space="preserve">Art.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">11.40. PRISONER DISCHARGED.  The judge or court before whom a person is brought by writ of habeas corpus shall examine the writ and the papers attached to it;  and if no legal cause be shown for the imprisonment or restraint, or if it appear that the imprisonment or restraint, though at first legal, cannot for any cause be lawfully prolonged, the applicant shall be discharged.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1965, 59th Leg., vol. 2, p. 317, ch. 722.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Art. 11.41. WHERE PARTY IS INDICTED FOR CAPITAL OFFENSE.  If it appears by the return and papers attached that the party stands indicted for a capital offense, the judge or court having jurisdiction of the case shall, nevertheless, proceed to hear such testimony as may be offered on the part of the State and the applicant, and may either remand or admit him to bail, as the law and the facts may justify.</w:t>
+        <w:t xml:space="preserve">Art.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">11.41. WHERE PARTY IS INDICTED FOR CAPITAL OFFENSE.  If it appears by the return and papers attached that the party stands indicted for a capital offense, the judge or court having jurisdiction of the case shall, nevertheless, proceed to hear such testimony as may be offered on the part of the State and the applicant, and may either remand or admit him to bail, as the law and the facts may justify.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1965, 59th Leg., vol. 2, p. 317, ch. 722.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Art. 11.42. IF COURT HAS NO JURISDICTION.  If it appear by the return and papers attached that the judge or court has no jurisdiction, such court or judge shall at once remand the applicant to the person from whose custody he has been taken.</w:t>
+        <w:t xml:space="preserve">Art.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">11.42. IF COURT HAS NO JURISDICTION.  If it appear by the return and papers attached that the judge or court has no jurisdiction, such court or judge shall at once remand the applicant to the person from whose custody he has been taken.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1965, 59th Leg., vol. 2, p. 317, ch. 722.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Art. 11.43. PRESUMPTION OF INNOCENCE.  No presumption of guilt arises from the mere fact that a criminal accusation has been made before a competent authority.</w:t>
+        <w:t xml:space="preserve">Art.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">11.43. PRESUMPTION OF INNOCENCE.  No presumption of guilt arises from the mere fact that a criminal accusation has been made before a competent authority.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1965, 59th Leg., vol. 2, p. 317, ch. 722.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Art. 11.44. ACTION OF COURT UPON EXAMINATION.  The judge or court, after having examined the return and all documents attached, and heard the testimony offered on both sides, shall, according to the facts and circumstances of the case, proceed either to remand the party into custody, admit him to bail or discharge him;  provided, that no defendant shall be discharged after indictment without bail.</w:t>
+        <w:t xml:space="preserve">Art.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">11.44. ACTION OF COURT UPON EXAMINATION.  The judge or court, after having examined the return and all documents attached, and heard the testimony offered on both sides, shall, according to the facts and circumstances of the case, proceed either to remand the party into custody, admit him to bail or discharge him;  provided, that no defendant shall be discharged after indictment without bail.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1965, 59th Leg., vol. 2, p. 317, ch. 722.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Art. 11.45. VOID OR INFORMAL.  If it appears that the applicant is detained or held under a warrant of commitment which is informal, or void;  yet, if from the document on which the warrant was based, or from the proof on the hearing of the habeas corpus, it appears that there is probable cause to believe that an offense has been committed by the prisoner, he shall not be discharged, but shall be committed or held to bail.</w:t>
+        <w:t xml:space="preserve">Art.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">11.45. VOID OR INFORMAL.  If it appears that the applicant is detained or held under a warrant of commitment which is informal, or void;  yet, if from the document on which the warrant was based, or from the proof on the hearing of the habeas corpus, it appears that there is probable cause to believe that an offense has been committed by the prisoner, he shall not be discharged, but shall be committed or held to bail.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1965, 59th Leg., vol. 2, p. 317, ch. 722.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Art. 11.46. IF PROOF SHOWS OFFENSE.  Where, upon an examination under habeas corpus, it appears to the court or judge that there is probable cause to believe that an offense has been committed by the prisoner, he shall not be discharged, but shall be committed or admitted to bail.</w:t>
+        <w:t xml:space="preserve">Art.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">11.46. IF PROOF SHOWS OFFENSE.  Where, upon an examination under habeas corpus, it appears to the court or judge that there is probable cause to believe that an offense has been committed by the prisoner, he shall not be discharged, but shall be committed or admitted to bail.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1965, 59th Leg., vol. 2, p. 317, ch. 722.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Art. 11.47. MAY SUMMON MAGISTRATE.  To ascertain the grounds on which an informal or void warrant has been issued, the judge or court may cause to be summoned the magistrate who issued the warrant, and may, by an order, require him to bring with him all the papers and proceedings touching the matter.  The attendance of such magistrate and the production of such papers may be enforced by warrant of arrest.</w:t>
+        <w:t xml:space="preserve">Art.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">11.47. MAY SUMMON MAGISTRATE.  To ascertain the grounds on which an informal or void warrant has been issued, the judge or court may cause to be summoned the magistrate who issued the warrant, and may, by an order, require him to bring with him all the papers and proceedings touching the matter.  The attendance of such magistrate and the production of such papers may be enforced by warrant of arrest.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1965, 59th Leg., vol. 2, p. 317, ch. 722.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Art. 11.48. WRITTEN ISSUE NOT NECESSARY.  It shall not be necessary, on the trial of any cause arising under habeas corpus, to make up a written issue, though it may be done by the applicant for the writ.  He may except to the sufficiency of, or controvert the return or any part thereof, or allege any new matter in avoidance.  If written denial on his part be not made, it shall be considered, for the purpose of investigation, that the statements of said return are contested by a denial of the same;  and the proof shall be heard accordingly, both for and against the applicant for relief.</w:t>
+        <w:t xml:space="preserve">Art.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">11.48. WRITTEN ISSUE NOT NECESSARY.  It shall not be necessary, on the trial of any cause arising under habeas corpus, to make up a written issue, though it may be done by the applicant for the writ.  He may except to the sufficiency of, or controvert the return or any part thereof, or allege any new matter in avoidance.  If written denial on his part be not made, it shall be considered, for the purpose of investigation, that the statements of said return are contested by a denial of the same;  and the proof shall be heard accordingly, both for and against the applicant for relief.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1965, 59th Leg., vol. 2, p. 317, ch. 722.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Art. 11.49. ORDER OF ARGUMENT.  The applicant shall have the right by himself or counsel to open and conclude the argument upon the trial under habeas corpus.</w:t>
+        <w:t xml:space="preserve">Art.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">11.49. ORDER OF ARGUMENT.  The applicant shall have the right by himself or counsel to open and conclude the argument upon the trial under habeas corpus.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1965, 59th Leg., vol. 2, p. 317, ch. 722.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Art. 11.50. COSTS.  The judge trying the cause under habeas corpus may make such order as is deemed right concerning the cost of bringing the defendant before him, and all other costs of the proceeding, awarding the same either against the person to whom the writ was directed, the person seeking relief, or may award no costs at all.</w:t>
+        <w:t xml:space="preserve">Art.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">11.50. COSTS.  The judge trying the cause under habeas corpus may make such order as is deemed right concerning the cost of bringing the defendant before him, and all other costs of the proceeding, awarding the same either against the person to whom the writ was directed, the person seeking relief, or may award no costs at all.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1965, 59th Leg., vol. 2, p. 317, ch. 722.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Art. 11.51. RECORD OF PROCEEDINGS.  If a writ of habeas corpus be made returnable before a court in session, all the proceedings had shall be entered of record by the clerk of the court, as in any other case in the court.  When the application is heard out of the county where the offense was committed, or in the court of criminal appeals, the clerk shall transmit a certified copy of all the proceedings on the application to the clerk of the court which has jurisdiction of the offense.</w:t>
+        <w:t xml:space="preserve">Art.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">11.51. RECORD OF PROCEEDINGS.  If a writ of habeas corpus be made returnable before a court in session, all the proceedings had shall be entered of record by the clerk of the court, as in any other case in the court.  When the application is heard out of the county where the offense was committed, or in the court of criminal appeals, the clerk shall transmit a certified copy of all the proceedings on the application to the clerk of the court which has jurisdiction of the offense.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1965, 59th Leg., vol. 2, p. 317, ch. 722.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Amended by: </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -6002,101 +6344,119 @@
       <w:hyperlink w:docLocation="table" r:id="rId58">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1516</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 17, eff. September 1, 2023.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Art. 11.52. PROCEEDINGS HAD IN VACATION.  If the return is made and the proceedings had before a judge of a court in vacation, he shall cause all of the proceedings to be written, shall certify to the same, and cause them to be filed with the clerk of the court which has jurisdiction of the offense, who shall keep them safely.</w:t>
+        <w:t xml:space="preserve">Art.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">11.52. PROCEEDINGS HAD IN VACATION.  If the return is made and the proceedings had before a judge of a court in vacation, he shall cause all of the proceedings to be written, shall certify to the same, and cause them to be filed with the clerk of the court which has jurisdiction of the offense, who shall keep them safely.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1965, 59th Leg., vol. 2, p. 317, ch. 722.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Art. 11.53. CONSTRUING THE TWO PRECEDING ARTICLES.  The two preceding Articles refer only to cases where an applicant is held under accusation for some offense;  in all other cases the proceedings had before the judge shall be filed and kept by the clerk of the court hearing the case.</w:t>
+        <w:t xml:space="preserve">Art.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">11.53. CONSTRUING THE TWO PRECEDING ARTICLES.  The two preceding Articles refer only to cases where an applicant is held under accusation for some offense;  in all other cases the proceedings had before the judge shall be filed and kept by the clerk of the court hearing the case.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1965, 59th Leg., vol. 2, p. 317, ch. 722.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Art. 11.54. COURT MAY GRANT NECESSARY ORDERS.  The court or judge issuing a writ of habeas corpus may:</w:t>
+        <w:t xml:space="preserve">Art.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">11.54. COURT MAY GRANT NECESSARY ORDERS.  The court or judge issuing a writ of habeas corpus may:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">grant all necessary orders to bring before the court or judge the testimony taken before the examining court; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
@@ -6145,163 +6505,193 @@
       <w:hyperlink w:docLocation="table" r:id="rId59">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1516</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 18, eff. September 1, 2023.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Art. 11.55. MEANING OF "RETURN".  The word "return", as used in this Chapter, means the report made by the officer or person charged with serving the writ of habeas corpus, and also the answer made by the person served with such writ.</w:t>
+        <w:t xml:space="preserve">Art.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">11.55. MEANING OF "RETURN".  The word "return", as used in this Chapter, means the report made by the officer or person charged with serving the writ of habeas corpus, and also the answer made by the person served with such writ.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1965, 59th Leg., vol. 2, p. 317, ch. 722.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Art. 11.56. EFFECT OF DISCHARGE BEFORE INDICTMENT.  Where a person, before indictment found against him, has been discharged or held to bail on habeas corpus by order of a court or judge of competent jurisdiction, he shall not be again imprisoned or detained in custody on an accusation for the same offense, until after he shall have been indicted, unless surrendered by his bail.</w:t>
+        <w:t xml:space="preserve">Art.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">11.56. EFFECT OF DISCHARGE BEFORE INDICTMENT.  Where a person, before indictment found against him, has been discharged or held to bail on habeas corpus by order of a court or judge of competent jurisdiction, he shall not be again imprisoned or detained in custody on an accusation for the same offense, until after he shall have been indicted, unless surrendered by his bail.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1965, 59th Leg., vol. 2, p. 317, ch. 722.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Art. 11.57. WRIT AFTER INDICTMENT.  Where a person once discharged or admitted to bail is afterward indicted for the same offense for which he has been once arrested, he may be committed on the indictment, but shall be again entitled to the writ of habeas corpus, and may be admitted to bail, if the facts of the case render it proper;  but in cases where, after indictment is found, the cause of the defendant has been investigated on habeas corpus, and an order made, either remanding him to custody, or admitting him to bail, he shall neither be subject to be again placed in custody, unless when surrendered by his bail, nor shall he be again entitled to the writ of habeas corpus, except in the special cases mentioned in this Chapter.</w:t>
+        <w:t xml:space="preserve">Art.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">11.57. WRIT AFTER INDICTMENT.  Where a person once discharged or admitted to bail is afterward indicted for the same offense for which he has been once arrested, he may be committed on the indictment, but shall be again entitled to the writ of habeas corpus, and may be admitted to bail, if the facts of the case render it proper;  but in cases where, after indictment is found, the cause of the defendant has been investigated on habeas corpus, and an order made, either remanding him to custody, or admitting him to bail, he shall neither be subject to be again placed in custody, unless when surrendered by his bail, nor shall he be again entitled to the writ of habeas corpus, except in the special cases mentioned in this Chapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1965, 59th Leg., vol. 2, p. 317, ch. 722.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Art. 11.58. PERSON COMMITTED FOR A CAPITAL OFFENSE.  If the accusation against the defendant for a capital offense has been heard on habeas corpus before indictment found, and he shall have been committed after such examination, he shall not be entitled to the writ, unless in the special cases mentioned in Articles </w:t>
+        <w:t xml:space="preserve">Art.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">11.58. PERSON COMMITTED FOR A CAPITAL OFFENSE.  If the accusation against the defendant for a capital offense has been heard on habeas corpus before indictment found, and he shall have been committed after such examination, he shall not be entitled to the writ, unless in the special cases mentioned in Articles </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">11.25</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">11.59</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1965, 59th Leg., vol. 2, p. 317, ch. 722.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Art. 11.59. OBTAINING WRIT A SECOND TIME.  An applicant may obtain the writ of habeas corpus a second time by stating in an application therefor that since the hearing of the applicant's first application important testimony has been obtained which it was not in the applicant's power to produce at the former hearing.  The applicant shall also set forth the newly discovered testimony;  and if it be that of a witness, the affidavit of the witness shall also accompany the application.</w:t>
+        <w:t xml:space="preserve">Art.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">11.59. OBTAINING WRIT A SECOND TIME.  An applicant may obtain the writ of habeas corpus a second time by stating in an application therefor that since the hearing of the applicant's first application important testimony has been obtained which it was not in the applicant's power to produce at the former hearing.  The applicant shall also set forth the newly discovered testimony;  and if it be that of a witness, the affidavit of the witness shall also accompany the application.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1965, 59th Leg., vol. 2, p. 317, ch. 722.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Amended by: </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -6312,188 +6702,224 @@
       <w:hyperlink w:docLocation="table" r:id="rId60">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1516</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 19, eff. September 1, 2023.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Art. 11.60. REFUSING TO EXECUTE WRIT.  Any officer to whom a writ of habeas corpus, or other writ, warrant or process authorized by this Chapter shall be directed, delivered or tendered, who refuses to execute the same according to his directions, or who wantonly delays the service or execution of the same, shall be liable to fine as for contempt of court.</w:t>
+        <w:t xml:space="preserve">Art.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">11.60. REFUSING TO EXECUTE WRIT.  Any officer to whom a writ of habeas corpus, or other writ, warrant or process authorized by this Chapter shall be directed, delivered or tendered, who refuses to execute the same according to his directions, or who wantonly delays the service or execution of the same, shall be liable to fine as for contempt of court.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1965, 59th Leg., vol. 2, p. 317, ch. 722.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Art. 11.61. REFUSAL TO OBEY WRIT.  Any one having another in his custody, or under his power, control or restraint who refuses to obey a writ of habeas corpus, or who evades the service of the same, or places the person illegally detained under the control of another, removes him, or in any other manner attempts to evade the operation of the writ, shall be dealt with as provided in Article </w:t>
+        <w:t xml:space="preserve">Art.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">11.61. REFUSAL TO OBEY WRIT.  Any one having another in his custody, or under his power, control or restraint who refuses to obey a writ of habeas corpus, or who evades the service of the same, or places the person illegally detained under the control of another, removes him, or in any other manner attempts to evade the operation of the writ, shall be dealt with as provided in Article </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">11.34</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of this Code.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1965, 59th Leg., vol. 2, p. 317, ch. 722.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Art. 11.62. REFUSAL TO GIVE COPY OF PROCESS.  Any jailer, sheriff or other officer who has a prisoner in his custody and refuses, upon demand, to furnish a copy of the process under which he holds the person, is guilty of an offense, and shall be dealt with as provided in Article </w:t>
+        <w:t xml:space="preserve">Art.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">11.62. REFUSAL TO GIVE COPY OF PROCESS.  Any jailer, sheriff or other officer who has a prisoner in his custody and refuses, upon demand, to furnish a copy of the process under which he holds the person, is guilty of an offense, and shall be dealt with as provided in Article </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">11.34</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of this Code for refusal to return the writ therein required.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1965, 59th Leg., vol. 2, p. 317, ch. 722.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Art. 11.63. HELD UNDER FEDERAL AUTHORITY.  No person shall be discharged under the writ of habeas corpus who is in custody by virtue of a commitment for any offense exclusively cognizable by the courts of the United States, or by order or process issuing out of such courts in cases where they have jurisdiction, or who is held by virtue of any legal engagement or enlistment in the army, or who, being rightfully subject to the rules and articles of war, is confined by any one legally acting under the authority thereof, or who is held as a prisoner of war under the authority of the United States.</w:t>
+        <w:t xml:space="preserve">Art.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">11.63. HELD UNDER FEDERAL AUTHORITY.  No person shall be discharged under the writ of habeas corpus who is in custody by virtue of a commitment for any offense exclusively cognizable by the courts of the United States, or by order or process issuing out of such courts in cases where they have jurisdiction, or who is held by virtue of any legal engagement or enlistment in the army, or who, being rightfully subject to the rules and articles of war, is confined by any one legally acting under the authority thereof, or who is held as a prisoner of war under the authority of the United States.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1965, 59th Leg., vol. 2, p. 317, ch. 722.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Art. 11.64. APPLICATION OF CHAPTER.  This Chapter applies to all cases of habeas corpus for the enlargement of persons illegally held in custody or in any manner restrained in their personal liberty, for the admission of prisoners to bail, and for the discharge of prisoners before indictment upon a hearing of the testimony.  Instead of a writ of habeas corpus in other cases heretofore used, a simple order shall be substituted.</w:t>
+        <w:t xml:space="preserve">Art.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">11.64. APPLICATION OF CHAPTER.  This Chapter applies to all cases of habeas corpus for the enlargement of persons illegally held in custody or in any manner restrained in their personal liberty, for the admission of prisoners to bail, and for the discharge of prisoners before indictment upon a hearing of the testimony.  Instead of a writ of habeas corpus in other cases heretofore used, a simple order shall be substituted.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1965, 59th Leg., vol. 2, p. 317, ch. 722.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Art. 11.65. BOND FOR CERTAIN APPLICANTS.  (a)  This article applies to an applicant for a writ of habeas corpus seeking relief from the judgment in a criminal case, other than an applicant seeking relief from a judgment imposing a penalty of death.</w:t>
+        <w:t xml:space="preserve">Art.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">11.65. BOND FOR CERTAIN APPLICANTS.  (a)  This article applies to an applicant for a writ of habeas corpus seeking relief from the judgment in a criminal case, other than an applicant seeking relief from a judgment imposing a penalty of death.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b) On making proposed findings of fact and conclusions of law jointly stipulated to by the applicant and the state, or on approving proposed findings of fact and conclusions of law made by an attorney or magistrate appointed by the court to perform that duty and jointly stipulated to by the applicant and the state, the convicting court may order the release of the applicant on bond, subject to conditions imposed by the convicting court, until the applicant is denied relief, remanded to custody, or ordered released.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(c) For the purposes of this chapter, an applicant released on bond under this article remains restrained in his liberty.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>