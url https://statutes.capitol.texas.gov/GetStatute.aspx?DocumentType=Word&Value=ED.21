--- v0 (2025-10-25)
+++ v1 (2025-12-16)
@@ -71,51 +71,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER A. GENERAL PROVISIONS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.001.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.001.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DEFINITIONS.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In this chapter:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -607,51 +613,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId19">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>715</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 7, eff. June 14, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.003.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.003.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CERTIFICATION REQUIRED.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A person may not be employed as a teacher, teacher intern or teacher trainee, librarian, educational aide, administrator, educational diagnostician, or school counselor by a school district unless the person holds an appropriate certificate or permit issued as provided by Subchapter B.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -1320,51 +1332,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId25">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. September 28, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.0032.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.0032.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">EMPLOYMENT OF UNCERTIFIED CLASSROOM TEACHERS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A school district may not employ as a teacher of record for a course in the foundation curriculum under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">28.002</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> a person who does not hold an appropriate certificate or permit required by the State Board for Educator Certification under Subchapter B.</w:t>
       </w:r>
@@ -1532,51 +1550,57 @@
         <w:t xml:space="preserve">), Sec. 2.04, eff. June 20, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For expiration of this section, see Subsection (b).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.0033.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.0033.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">TEACHER CERTIFICATION INCENTIVE.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">From money appropriated or otherwise available for the purpose, the agency shall provide to each school district a one-time payment of $1,000 for each classroom teacher employed by the district who:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -2283,51 +2307,57 @@
         <w:t xml:space="preserve">A vacancy arises if a member appointed by the governor no longer qualifies for the office to which the member was appointed.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 1995, 74th Leg., ch. 260, Sec. 1, eff. May 30, 1995.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.035.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.035.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DELEGATION AUTHORITY; ADMINISTRATION BY AGENCY.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The board is permitted to make a written delegation of authority to the commissioner or the agency to informally dispose of a contested case involving educator certification.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -2535,51 +2565,57 @@
         <w:t xml:space="preserve">The board may meet at other times at the call of the presiding officer or as provided by the rules of the board.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 1995, 74th Leg., ch. 260, Sec. 1, eff. May 30, 1995.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.040.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.040.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">GENERAL POWERS AND DUTIES OF BOARD.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The board shall:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -3089,51 +3125,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId35">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.05, eff. June 20, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.0411.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.0411.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">WAIVER OR PAYMENT OF CERTAIN EXAMINATION AND CERTIFICATION FEES.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Notwithstanding a rule adopted under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">21.041</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(c), the board shall, for a person applying for a certification in special education, bilingual education, or another area specified by the General Appropriations Act, waive:</w:t>
       </w:r>
@@ -3206,51 +3248,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId36">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 3.02, eff. June 20, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.0412.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.0412.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">TYPES OF TEACHING CERTIFICATES.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In proposing rules specifying the types of teaching certificates to be issued under this subchapter, the board shall provide for a candidate to be issued:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -3507,51 +3555,57 @@
         <w:t xml:space="preserve">, Government Code.  The State Board of Education may not modify a rule proposed by the State Board for Educator Certification.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 1995, 74th Leg., ch. 260, Sec. 1, eff. May 30, 1995.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.043.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.043.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ACCESS TO PEIMS DATA.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The agency shall provide the board with access to data obtained under the Public Education Information Management System (PEIMS).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -3656,51 +3710,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId38">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1839</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. June 12, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.044.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.044.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">EDUCATOR PREPARATION.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The board shall propose rules:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -5460,51 +5520,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId57">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.07, eff. June 20, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.0441.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.0441.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ADMISSION REQUIREMENTS FOR EDUCATOR PREPARATION PROGRAMS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Rules of the board proposed under this subchapter must provide that a person, other than a person seeking career and technology education certification, is not eligible for admission to an educator preparation program, including an alternative educator preparation program, unless the person:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -5887,51 +5953,57 @@
         <w:t xml:space="preserve">), Sec. 4, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">See note following this section.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.0442.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.0442.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">EDUCATOR PREPARATION PROGRAM FOR PROBATIONARY AND STANDARD TRADE AND INDUSTRIAL WORKFORCE TRAINING CERTIFICATES.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The board shall propose rules under this subchapter to create an abbreviated educator preparation program for a person seeking certification in trade and industrial workforce training.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -6170,51 +6242,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId62">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>3349</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. June 15, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.04421.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.04421.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">TRADITIONAL TEACHER PREPARATION.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In proposing rules under this subchapter regarding training requirements for a candidate seeking certification through a traditional teacher preparation route in which a candidate may concurrently receive an undergraduate or master's degree and a certification to teach a subject area at a particular grade level, the board shall require the candidate to complete substantial preservice practice in a prekindergarten through grade 12 classroom.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -6252,51 +6330,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId63">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.08, eff. June 20, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.04422.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.04422.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">TEACHER RESIDENCY PREPARATION.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The board shall propose rules under this subchapter to create a teacher residency preparation route.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -6420,51 +6504,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId64">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.08, eff. June 20, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.04423.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.04423.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ALTERNATIVE TEACHER PREPARATION.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In proposing rules under this subchapter regarding training requirements for a candidate who has previously earned a degree and is seeking certification through an alternative teacher preparation route, the board shall establish:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -6550,51 +6640,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId65">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.08, eff. June 20, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.0443.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.0443.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">EDUCATOR PREPARATION PROGRAM APPROVAL AND RENEWAL.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The board shall propose rules to establish standards to govern the approval or renewal of approval of:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -7269,51 +7365,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId68">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.09, eff. June 20, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.0444.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.0444.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">TEMPORARY CERTIFICATION FOR CERTAIN MILITARY SERVICE MEMBERS AND FIRST RESPONDERS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In this section, "first responder" means a person elected, employed, or appointed as:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -7694,51 +7796,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId70">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1620</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 6.002, eff. September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.045.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.045.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ACCOUNTABILITY SYSTEM FOR EDUCATOR PREPARATION PROGRAMS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The board shall propose rules necessary to establish standards to govern the continuing accountability of all educator preparation programs based on the following information that is disaggregated with respect to race, sex, and ethnicity:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -8253,51 +8361,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId74">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>159</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 4, eff. September 1, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.0451.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.0451.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">SANCTIONS UNDER ACCOUNTABILITY SYSTEM FOR EDUCATOR PREPARATION PROGRAMS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The board shall propose rules necessary for the sanction of educator preparation programs that do not meet accountability standards or comply with state law or rules and shall at least annually review the accreditation status of each educator preparation program.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -8703,51 +8817,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId76">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2205</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 7, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.0452.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.0452.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CONSUMER INFORMATION REGARDING EDUCATOR PREPARATION PROGRAMS.  (a)  To assist persons interested in obtaining teaching certification in selecting an educator preparation program and assist school districts in making staffing decisions, the board shall make information regarding educator programs in this state available to the public through the board's Internet website.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -9295,51 +9415,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId81">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2066</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.0453.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.0453.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">INFORMATION FOR CANDIDATES FOR TEACHER CERTIFICATION.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The board shall require an educator preparation program to provide candidates for teacher certification with information concerning the following:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -9493,51 +9619,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId83">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>159</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 5, eff. September 1, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.0454.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.0454.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">RISK FACTORS FOR EDUCATOR PREPARATION PROGRAMS; RISK-ASSESSMENT MODEL.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The board shall propose rules necessary to develop a set of risk factors to use in assessing the overall risk level of each educator preparation program.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -9739,51 +9871,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId84">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2205</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 9, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.0455.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.0455.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">COMPLAINTS REGARDING EDUCATOR PREPARATION PROGRAMS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The board shall propose rules necessary to establish a process for a candidate for teacher certification to direct a complaint against an educator preparation program to the agency.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -10293,51 +10431,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId87">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>159</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 6, eff. September 1, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.0462.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.0462.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">QUALIFICATIONS FOR CERTIFICATION AS SCHOOL COUNSELOR.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The qualifications for certification as a school counselor may not include a requirement that a candidate for certification have experience as a classroom teacher.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -10969,51 +11113,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId95">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.005, eff. June 12, 2019.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.0485.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.0485.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CERTIFICATION TO TEACH STUDENTS WITH VISUAL IMPAIRMENTS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">To be eligible to be issued a certificate to teach students with visual impairments, a person must:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -11143,51 +11293,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId96">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>54</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.0486.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.0486.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">TECHNOLOGY APPLICATIONS CERTIFICATION.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A person who holds a technology applications certificate issued under this subchapter may, in addition to teaching technology applications courses as authorized under the certificate, teach courses in:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -11235,51 +11391,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId97">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>3573</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. June 14, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.0487.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.0487.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">JUNIOR RESERVE OFFICER TRAINING CORPS TEACHER CERTIFICATION.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The board shall establish a standard Junior Reserve Officer Training Corps teaching certificate to provide Junior Reserve Officer Training Corps instruction.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -11479,51 +11641,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId98">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1309</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. June 19, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.0488.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.0488.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">TRADES AND INDUSTRIES EDUCATION CERTIFICATION FOR MILITARY PERSONNEL.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">To the extent that rules adopted under this subchapter require a person seeking trades and industries education certification to hold a license or other professional credential for a specific trade, a person who is a current or former member of the United States armed services is considered to have satisfied that requirement if the person has</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -11587,51 +11755,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId100">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1488</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 24.001(5), eff. September 1, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.0489.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.0489.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">EARLY CHILDHOOD CERTIFICATION.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">To ensure that there are teachers with special training in early childhood education focusing on prekindergarten through grade three, the board shall establish an early childhood certificate.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -11938,51 +12112,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId103">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4170</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 5.002, eff. September 1, 2019.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.04891.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.04891.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">BILINGUAL SPECIAL EDUCATION CERTIFICATION.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In this section, "limited English proficiency" has the meaning assigned by Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">29.052</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
@@ -12207,51 +12387,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId104">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2256</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.04893.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.04893.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">BILINGUAL TARGET LANGUAGE PROFICIENCY TEST.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The board shall propose rules to allow a person seeking certification under this subchapter who fails to perform satisfactorily on the Bilingual Target Language Proficiency Test to:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -12299,51 +12485,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId105">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 3.02, eff. June 20, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.049.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.049.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ALTERNATIVE EDUCATOR PREPARATION PROGRAMS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">To provide a continuing additional source of qualified educators, the board shall propose rules providing that educator certification programs may be provided by an institution of higher education or another entity.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -12421,51 +12613,57 @@
         <w:t xml:space="preserve">), Sec. 2.10, eff. June 20, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">See note following this section.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.0491.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.0491.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PROBATIONARY AND STANDARD TRADE AND INDUSTRIAL WORKFORCE TRAINING CERTIFICATES.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">To provide a continuing additional source of teachers to provide workforce training, the board shall establish a probationary trade and industrial workforce training certificate and a standard trade and industrial workforce training certificate that may be obtained through an abbreviated educator preparation program under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">21.0442</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
@@ -12785,51 +12983,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId108">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>3349</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. June 15, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.050.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.050.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ACADEMIC DEGREE REQUIRED FOR TEACHING CERTIFICATE; FIELD-BASED EXPERIENCE OR INTERNSHIP.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A person who applies for a teaching certificate for which board rules require a bachelor's degree must possess a bachelor's degree received with an academic major or interdisciplinary academic major, including reading, that is related to the curriculum as prescribed under Subchapter </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, Chapter </w:t>
       </w:r>
@@ -12965,51 +13169,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId111">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>3217</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. May 24, 2019.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.051.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.051.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">RULES REGARDING FIELD-BASED EXPERIENCE AND OPTIONS FOR FIELD EXPERIENCE AND INTERNSHIPS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Repealed by Acts 2025, 89th Leg., R.S., Ch. 1065 (H.B. </w:t>
       </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId112">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2</w:t>
@@ -14283,51 +14493,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId131">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1178</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. June 20, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.0521.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.0521.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">TEMPORARY CERTIFICATION OF EDUCATORS FROM OUTSIDE THIS STATE.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The board shall:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -14564,51 +14780,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId132">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1178</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. June 20, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.0525.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.0525.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CERTIFICATION OF CERTAIN MILITARY INSTRUCTORS; TEMPORARY TEACHING CERTIFICATE.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The board shall propose rules providing for a person who holds a bachelor's degree and has at least two semesters' experience as a full-time instructor for the Community College of the Air Force to:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -16030,51 +16252,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId154">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>571</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.09, eff. June 20, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.0541.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.0541.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CONTINUING EDUCATION CREDIT FOR INSTRUCTION RELATED TO USE OF AUTOMATED EXTERNAL DEFIBRILLATOR.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The board shall adopt rules allowing an educator to receive credit towards the educator's continuing education requirements for completion of an instructional course on the use of an automated external defibrillator that meets any guidelines for automated external defibrillator training approved by the board.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -16114,51 +16342,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId156">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>199</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 3, eff. September 1, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.0543.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.0543.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CONTINUING EDUCATION CREDIT FOR INSTRUCTION RELATED TO DIGITAL TECHNOLOGY.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The board shall propose rules allowing an educator to receive credit toward the educator's continuing education requirements for completion of education courses that:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -17165,51 +17399,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId164">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>12</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 10, eff. September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.0581.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.0581.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">REVOCATION FOR ASSISTING PERSON WHO ENGAGED IN SEXUAL MISCONDUCT OBTAIN EMPLOYMENT.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The board may suspend or revoke a certificate held by a person under this subchapter, impose other sanctions against the person, or refuse to issue a certificate to the person under this subchapter if:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -17312,51 +17552,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId166">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1230</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 4, eff. September 1, 2019.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.0585.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.0585.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">NOTICE TO AGENCY REGARDING REVOCATION OF CERTIFICATE OR PERMIT FOR CERTAIN MISCONDUCT.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The board shall promptly notify the agency for purposes of Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">22A.151</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> if the board revokes a certificate or permit of a person on a finding that the person engaged in misconduct described by Section </w:t>
       </w:r>
@@ -17408,51 +17654,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId168">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>571</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.10, eff. June 20, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.059.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.059.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">EXTENSION OF CERTAIN DEADLINES FOR ACTIVE DUTY MILITARY PERSONNEL.  A person who holds a certificate or permit under this subchapter who is a member of the state military forces or a reserve component of the armed forces of the United States and who is ordered to active duty by proper authority is entitled to an additional amount of time, equal to the total number of years or parts of years that the educator serves on active duty, to complete:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -17491,51 +17743,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId169">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>143</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 3, eff. June 17, 2005.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.060.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.060.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ELIGIBILITY OF PERSONS CONVICTED OF CERTAIN OFFENSES.  The board may suspend or revoke the certificate or permit held by a person under this subchapter, impose other sanctions against the person, or refuse to issue a certificate or permit to a person under this subchapter if the person has been convicted of a felony or misdemeanor offense relating to the duties and responsibilities of the education profession, including:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -17637,51 +17895,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId170">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 5, eff. June 15, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.061.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.061.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">REVIEW AND UPDATING OF EDUCATOR PREPARATION PROGRAMS.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The board shall, after consulting with appropriate higher education faculty and public school teachers and administrators and soliciting advice from other interested persons with relevant knowledge and experience, develop and carry out a process for reviewing and, as necessary, updating standards and requirements for educator preparation programs.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -17691,51 +17955,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId171">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2318</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 3, eff. June 14, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.063.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.063.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">TEACHER DESIGNATIONS ON CERTIFICATE.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The board shall place on or remove from a teacher's certificate the appropriate designation issued to the teacher under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">21.3521</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">:</w:t>
       </w:r>
@@ -17789,51 +18059,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId172">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.006, eff. June 12, 2019.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.064.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.064.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">LEGACY MASTER TEACHER CERTIFICATIONS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The board shall recognize a master teacher certificate issued under former Section 21.0481, 21.0482, 21.0483, or 21.0484 until the certificate expires.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -17877,51 +18153,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId173">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.006, eff. June 12, 2019.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.065.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.065.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">NOTICE TO TEACHER REGARDING SUSPENSION OF CERTIFICATE OR PERMIT.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In this section, "teacher" means a superintendent, principal, supervisor, classroom teacher, school counselor, paraprofessional, or other full-time professional employee who is required to hold a certificate issued under this subchapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -18016,51 +18298,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId174">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2519</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. September 1, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.067.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.067.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">EDUCATOR PREPARATION MATERIALS AND TRAINING.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The commissioner shall develop and make available:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -18205,51 +18493,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER C. PROBATIONARY CONTRACTS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.101.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.101.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DEFINITION.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In this subchapter, "teacher" means a principal, supervisor, classroom teacher, school counselor, or other full-time professional employee who is required to hold a certificate issued under Subchapter B or a nurse.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -18782,51 +19076,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId180">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 4, eff. September 28, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.1041.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.1041.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">HEARING UNDER PROBATIONARY CONTRACT.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A teacher is entitled to:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -19936,51 +20236,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId184">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 6, eff. September 28, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.157.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.157.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">NECESSARY REDUCTION OF PERSONNEL.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A teacher employed under a continuing contract may be released at the end of a school year and the teacher's employment with the school district terminated at that time because of a necessary reduction of personnel by the school district, with those reductions made primarily based upon teacher appraisals administered under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">21.352</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> in the specific teaching fields and other criteria as determined by the board.</w:t>
       </w:r>
@@ -22784,51 +23090,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER F. HEARINGS BEFORE HEARING EXAMINERS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.251.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.251.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">APPLICABILITY.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This subchapter applies if a teacher requests a hearing after receiving notice of the proposed decision to:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -26000,51 +26312,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId203">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.007, eff. June 12, 2019.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.3521.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.3521.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">LOCAL OPTIONAL TEACHER DESIGNATION SYSTEM.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Subject to Subsection (b), a school district or open-enrollment charter school may designate a classroom teacher as a master, exemplary, recognized, or acknowledged teacher for a five-year period based on the results from single year or multiyear appraisals that comply with Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">21.351</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
@@ -26826,51 +27144,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId206">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. June 20, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.3522.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.3522.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">LOCAL OPTIONAL TEACHER DESIGNATION SYSTEM GRANT PROGRAM.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">From funds appropriated or otherwise available for the purpose, the agency shall establish and administer a grant program to provide money and technical assistance to:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -27000,51 +27324,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId207">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.02, eff. June 20, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.3523.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.3523.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">REVIEW AND AUTHORIZATION OF NATIONALLY BOARD CERTIFIED TEACHER DESIGNATION.  (a) The State Board for Educator Certification may periodically review National Board Certifications issued by the National Board for Professional Teaching Standards to determine whether to reauthorize or revoke authorization for the nationally board certified teacher designation under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">21.3521</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(c).</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">If the board revokes authorization, the board may at any time conduct a review under this subsection to determine whether to reauthorize the nationally board certified teacher designation.</w:t>
       </w:r>
@@ -27319,51 +27649,57 @@
         <w:t xml:space="preserve">APPRAISAL ON BASIS OF CLASSROOM TEACHING PERFORMANCE.  A teacher who directs extracurricular activities in addition to performing classroom teaching duties shall be appraised only on the basis of classroom teaching performance and not on performance in connection with the extracurricular activities.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 1995, 74th Leg., ch. 260, Sec. 1, eff. May 30, 1995.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.354.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.354.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">APPRAISAL OF CERTAIN ADMINISTRATORS.  (a)  The commissioner shall adopt a recommended appraisal process and criteria on which to appraise the performance of various classifications of school administrators.  The criteria must be based on job-related performance.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(a-1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -27623,51 +27959,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId212">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1383</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 5, eff. June 17, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.3541.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.3541.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">APPRAISAL AND PROFESSIONAL DEVELOPMENT SYSTEM FOR PRINCIPALS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The commissioner by rule shall establish and shall administer a comprehensive appraisal and professional development system for principals.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -27977,51 +28319,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId213">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1383</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 3, eff. June 17, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.355.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.355.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CONFIDENTIALITY.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A document evaluating the performance of a teacher or administrator is confidential and is not subject to disclosure under Chapter </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">552</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, Government Code.</w:t>
       </w:r>
@@ -30498,51 +30846,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId232">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.14, eff. June 20, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.4021.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.4021.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">FURLOUGHS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Notwithstanding Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">21.401</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> and subject to Section </w:t>
       </w:r>
@@ -30854,51 +31208,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId234">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 3.015, eff. September 1, 2019.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.4022.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.4022.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">REQUIRED PROCESS FOR DEVELOPMENT OF FURLOUGH PROGRAM OR OTHER SALARY REDUCTION PROPOSAL.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The board of trustees of a school district may not implement a furlough program under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">21.4021</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> or reduce salaries until the district has complied with this section.</w:t>
       </w:r>
@@ -31280,51 +31640,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId236">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>715</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 14, eff. June 14, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.4031.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.4031.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PROFESSIONAL STAFF SERVICE RECORDS.  (a)  In this section:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -31505,51 +31871,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId239">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>715</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 16, eff. June 14, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.4032.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.4032.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">REDUCTIONS IN SALARIES OF CLASSROOM TEACHERS AND ADMINISTRATORS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This section applies only to a widespread reduction in the amount of the annual salaries paid to school district classroom teachers based primarily on district financial conditions rather than on teacher performance.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -31618,51 +31990,57 @@
         <w:t xml:space="preserve">PLANNING AND PREPARATION TIME.  Each classroom teacher is entitled to at least 450 minutes within each two-week period for instructional preparation, including parent-teacher conferences, evaluating students' work, and planning.  A planning and preparation period under this section may not be less than 45 minutes within the instructional day.  During a planning and preparation period, a classroom teacher may not be required to participate in any other activity.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 1995, 74th Leg., ch. 260, Sec. 1, eff. May 30, 1995.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.4045.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.4045.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PLANNING AND NONINSTRUCTIONAL DUTIES OF TEACHERS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A school district may enter into a supplemental agreement with a classroom teacher under which the teacher agrees to perform a duty relating to initial lesson plan design or instructional material selection that is not a duty generally:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -32238,51 +32616,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId242">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2018</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 23.001(12), eff. September 1, 2005.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.415.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.415.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">EMPLOYMENT CONTRACTS.  (a)  A school district shall provide in employment contracts that qualifying employees may receive an incentive payment under an awards program established under Subchapter O if the district participates in the program.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -32332,51 +32716,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId244">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>3646</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 10, eff. September 1, 2009.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.417.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.417.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">RESOURCES, INCLUDING LIABILITY INSURANCE, FOR CLASSROOM TEACHERS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">From funds appropriated or otherwise available for the purpose, the agency shall contract with a third party to provide the following services for a classroom teacher employed under a probationary, continuing, or term contract:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -32525,51 +32915,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId245">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.03, eff. June 20, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.418.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.418.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ELECTION BY TEACHER TO USE UNPAID LEAVE.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The board of trustees of a school district shall adopt a policy that provides a classroom teacher employed by the district the option to elect not to take the teacher's paid personal leave concurrently with unpaid leave the teacher is entitled to take under the Family and Medical Leave Act of 1993 (29 U.S.C. Section 2601 et seq.) for an absence due to pregnancy or the birth or adoption of a child.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -33676,51 +34072,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId255">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1267</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 4, eff. June 18, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.4511.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.4511.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PROFESSIONAL DEVELOPMENT ACTIVITIES FOR TEACHERS AND ADMINISTRATORS.  (a)  From funds appropriated for that purpose in an amount not to exceed $2.5 million each year, the commissioner may develop and award grants to school districts, regional education service centers, nonprofit organizations, and institutions of higher education for establishing and providing technical assistance and professional development activities in the staff development training of public school teachers and administrators.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -33771,51 +34173,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId256">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2237</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 4, eff. June 15, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.4513.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.4513.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PROFESSIONAL DEVELOPMENT REQUIREMENTS AUDIT.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Using only available funds and resources from public or private sources, the agency shall periodically conduct an audit of the professional development requirements applicable to educators in this state, including state and federal requirements and requirements imposed by school districts.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -33920,51 +34328,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId257">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2012</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 7, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.4514.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.4514.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CONTINUING EDUCATION AND TRAINING CLEARINGHOUSE; ADVISORY GROUP.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In this section:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -34173,51 +34587,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId258">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1267</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 5, eff. June 18, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.4515.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.4515.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ANNUAL ADOPTION OF PROFESSIONAL DEVELOPMENT POLICY.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The board of trustees of a school district and the governing body of an open-enrollment charter school, to the extent applicable, shall annually review the clearinghouse published under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">21.4514</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> and adopt a professional development policy that must:</w:t>
       </w:r>
@@ -34666,51 +35086,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId260">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 3.04, eff. May 31, 2006.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.4552.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.4552.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">TEACHER LITERACY ACHIEVEMENT AND READING INTERVENTION ACADEMIES.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The commissioner shall develop and make available literacy achievement academies for teachers who provide reading instruction to students at any grade level.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -35108,165 +35534,50 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(2)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">a training requirement adopted by the State Board of Education pursuant to Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">38.003</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> related to the screening or treatment of a student for dyslexia or a related disorder.</w:t>
-      </w:r>
-[...113 lines deleted...]
-        <w:t xml:space="preserve">Text of subsection effective on December 04, 2025</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(c)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The commissioner shall adopt criteria for selecting teachers who may attend a literacy achievement academy.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -35725,51 +36036,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId266">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 4.003, eff. December 4, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.4553.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.4553.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">TEACHER MATHEMATICS ACHIEVEMENT AND INTERVENTIONIST ACADEMIES.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The commissioner shall develop and make available mathematics achievement academies for teachers who provide mathematics instruction to students at any grade level.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -36270,51 +36587,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId271">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 5.05, eff. June 20, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.4555.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.4555.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CIVICS TRAINING PROGRAM.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">To facilitate the teaching of curriculum consistent with Sections </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">28.002</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(h-2) and </w:t>
       </w:r>
@@ -36669,51 +36992,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId272">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. December 2, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.4556.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.4556.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CIVICS TRAINING PROGRAM ADVISORY BOARD.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The commissioner shall establish an advisory board to advise the commissioner in developing the civics training programs under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">21.4555</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
@@ -36996,51 +37325,57 @@
         <w:t xml:space="preserve">The commissioner shall use funds appropriated for the purpose to administer this section.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 2003, 78th Leg., ch. 430, Sec. 3, eff. Sept. 1, 2003.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.457.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.457.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">TRAINING FOR TEACHERS OF EMERGENT BILINGUAL STUDENTS.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The commissioner shall develop and make available training materials and other teacher training resources to assist teachers in developing the expertise required to enable emergent bilingual students to meet state performance expectations.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -37101,51 +37436,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId275">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2066</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 4, eff. September 1, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.4571.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.4571.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">TEXAS ENGLISH LANGUAGE PROFICIENCY ASSESSMENT SYSTEM TRAINING.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The commissioner may not require a school district employee to repeat training or online calibration activities the employee has previously successfully completed related to administering the Texas English Language Proficiency Assessment System, except that the commissioner may require the employee to complete training or online calibration activities if the administration of or assessment using the Texas English Language Proficiency Assessment System has changed significantly since the employee completed the training.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -37193,51 +37534,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId276">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1267</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 8, eff. June 18, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.458.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.458.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">MENTORS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Except as provided by Subsection (a-2), each school district may assign a mentor teacher to each classroom teacher who has less than two years of teaching experience in the subject or grade level to which the teacher is assigned.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -37945,51 +38292,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId284">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>621</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. September 1, 2023.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.459.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.459.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">BIBLE COURSE TRAINING.  (a)  The commissioner shall develop and make available training materials and other teacher training resources for a school district to use in assisting teachers of elective Bible courses in developing:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -38142,51 +38495,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId285">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1287</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. June 15, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.462.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.462.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">RESOURCES REGARDING STUDENTS WITH MENTAL HEALTH OR SUBSTANCE ABUSE CONDITIONS.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The agency, in coordination with the Health and Human Services Commission, shall establish and maintain an Internet website to provide resources for school district or open-enrollment charter school employees regarding working with students with mental health conditions or who engage in substance abuse.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -38311,51 +38670,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId287">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>18</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.06, eff. December 1, 2019.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.464.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.464.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PREKINDERGARTEN TEACHER TRAINING COURSE.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The commissioner shall develop a prekindergarten teacher training course to be offered to prekindergarten teachers employed by a school district or open-enrollment charter school.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -38441,51 +38806,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId288">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 8, eff. May 28, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.465.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.465.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">AUTISM TRAINING.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A school district may provide a salary incentive or similar compensation to a teacher who completes training provided by a regional education service center relating to autism.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -38514,51 +38885,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId289">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.010, eff. June 12, 2019.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.466.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.466.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">TEACHER QUALITY ASSISTANCE.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">From money appropriated or otherwise available for the purpose, the agency shall develop training for and provide technical assistance to school districts and open-enrollment charter schools regarding:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -38644,51 +39021,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId290">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 3.08, eff. June 20, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.468.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.468.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">TEACHER POSITION INFORMATION.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The agency shall collect data from school districts and open-enrollment charter schools to address teacher retention and recruitment, including the classifications, grade levels, subject areas, duration, and other relevant information regarding vacant teaching positions at districts and schools.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -39691,51 +40074,57 @@
         <w:t xml:space="preserve">the agency waives reimbursement in the case of extreme hardship to the participant.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 1999, 76th Leg., ch. 396, Sec. 2.07(a), eff. Sept. 1, 1999.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.511.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.511.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">RULES.  The commissioner shall adopt rules to implement this subchapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 1999, 76th Leg., ch. 396, Sec. 2.07(a), eff. Sept. 1, 1999.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -41289,51 +41678,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER O.  EDUCATOR EXCELLENCE INNOVATION PROGRAM</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.701.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.701.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DEFINITION.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In this subchapter, "program" means the educator excellence innovation program.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -41373,51 +41768,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId294">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1751</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. June 14, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.7011.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.7011.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PURPOSES.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The purposes of the educator excellence innovation program are to:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -41541,51 +41942,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId295">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1751</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 3, eff. June 14, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.702.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.702.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">EDUCATOR EXCELLENCE INNOVATION PROGRAM.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The commissioner by rule shall establish the program under which school districts, in accordance with local educator excellence innovation plans approved by the commissioner, receive competitive program grants from the agency for carrying out the purposes of the program as described by Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">21.7011</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
@@ -41696,51 +42103,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId298">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1751</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 5, eff. June 14, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.703.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.703.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">AMOUNT OF GRANT AWARD.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Each state fiscal year, the agency shall provide each school district approved on a competitive basis under this subchapter with a grant in an amount determined by the agency in accordance with commissioner rule.</w:t>
       </w:r>
@@ -41847,51 +42260,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId302">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.704.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.704.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">LOCAL EDUCATOR EXCELLENCE INNOVATION PLANS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In a school district that intends to participate in the program, the district-level planning and decision-making committee established under Subchapter </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">F</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, Chapter </w:t>
       </w:r>
@@ -42112,51 +42531,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId306">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1751</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 7, eff. June 14, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.706.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.706.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">INNOVATION PLAN PAYMENTS; AUTHORIZED GENERAL AND SPECIFIC USES.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A school district may use grant funds awarded to the district under this subchapter only to carry out purposes of the program as described by Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">21.7011</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, in accordance with the district's local educator excellence innovation plan, which may include the following specific methods or procedures:</w:t>
       </w:r>
@@ -42342,51 +42767,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId307">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1751</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 8, eff. June 14, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.7061.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.7061.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">IMPLEMENTATION FLEXIBILITY.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Notwithstanding any other provision of this code and subject to Subsection (b), a school district may apply to the commissioner in writing in accordance with commissioner rule for a waiver to exempt the district or one or more district campuses from Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">21.352</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(a)(2)(B), </w:t>
       </w:r>
@@ -42652,51 +43083,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId308">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1751</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 8, eff. June 14, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.707.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.707.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">RULES.  The commissioner shall adopt rules necessary to administer this subchapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 2006, 79th Leg., 3rd C.S., Ch. 5 (H.B. </w:t>
       </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId309">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1</w:t>
@@ -42712,51 +43149,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER R.  PREPARING AND RETAINING EDUCATORS THROUGH PARTNERSHIP PROGRAMS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.901.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.901.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DEFINITIONS.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In this subchapter:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -43030,51 +43473,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId310">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.17, eff. June 20, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.902. PREPARING AND RETAINING EDUCATORS THROUGH PARTNERSHIP PRESERVICE PROGRAMS.  (a)</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.902. PREPARING AND RETAINING EDUCATORS THROUGH PARTNERSHIP PRESERVICE PROGRAMS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The commissioner shall establish Preparing and Retaining Educators through Partnership Preservice Programs to enable qualified educator preparation programs, as determined by the commissioner, to form partnerships with school districts and open-enrollment charter schools to provide preservice practice opportunities in a prekindergarten through grade 12 classroom for teacher candidates at the district or school through the traditional partnership preservice program, the residency partnership preservice program, or the alternative partnership preservice program.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -43406,51 +43855,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId311">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.17, eff. June 20, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.903.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.903.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PREPARING AND RETAINING EDUCATORS THROUGH PARTNERSHIP TRADITIONAL PRESERVICE PROGRAM.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The commissioner shall establish the Preparing and Retaining Educators through Partnership Traditional Preservice Program as a partnership preservice program to enable qualified educator preparation programs, as determined by the commissioner, that meet the traditional teacher preparation requirements under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">21.04421</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> to form partnerships with school districts or open-enrollment charter schools to help prepare candidates for a standard certificate.</w:t>
       </w:r>
@@ -43623,51 +44078,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId312">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.17, eff. June 20, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.904.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.904.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PREPARING AND RETAINING EDUCATORS THROUGH PARTNERSHIP RESIDENCY PRESERVICE PROGRAM.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The commissioner shall establish the Preparing and Retaining Educators through Partnership Residency Preservice Program as a partnership preservice program to enable qualified educator preparation programs, as determined by the commissioner, that meet the teacher residency preparation requirements under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">21.04422</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> to form partnerships with school districts or open-enrollment charter schools to help prepare candidates for an enhanced standard certificate.</w:t>
       </w:r>
@@ -43874,51 +44335,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId313">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.17, eff. June 20, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.905.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.905.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PREPARING AND RETAINING EDUCATORS THROUGH PARTNERSHIP ALTERNATIVE PRESERVICE PROGRAM.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The commissioner shall establish the Preparing and Retaining Educators through Partnership Alternative Preservice Program as a partnership preservice program to enable qualified educator preparation programs, as determined by the commissioner, that meet the preservice alternative teacher preparation requirements under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">21.04423</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> to form partnerships with school districts or open-enrollment charter schools to help prepare candidates for an intern with preservice experience certificate or standard certificate.</w:t>
       </w:r>
@@ -44091,51 +44558,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId314">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.17, eff. June 20, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.906.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.906.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PREPARING AND RETAINING EDUCATORS THROUGH PARTNERSHIP GROW YOUR OWN PARTNERSHIP PROGRAM.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The commissioner shall establish the Preparing and Retaining Educators through Partnership Grow Your Own Partnership Program to enable qualified institutions of higher education and educator preparation programs, as determined by the commissioner, to form partnerships with school districts or open-enrollment charter schools to establish innovative staffing pipelines to ensure the availability of high-quality classroom teachers to benefit future district or school students.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -44615,51 +45088,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId315">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.17, eff. June 20, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.907.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.907.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PREPARING AND RETAINING EDUCATORS THROUGH PARTNERSHIP MENTORSHIP PROGRAM.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The commissioner shall establish a preparing and retaining educators through partnership mentorship program through which participating school districts or open-enrollment charter schools implement a mentoring program that meets the requirements of Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">21.458</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> for classroom teachers who have less than two years of teaching experience.</w:t>
       </w:r>
@@ -44776,51 +45255,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId316">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.17, eff. June 20, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.908.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.908.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">EDUCATOR PREPARATION PROGRAM SUPPORT.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The agency shall develop and maintain a program to assist educator preparation programs in implementing this subchapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -44830,51 +45315,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId317">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.17, eff. June 20, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.909.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.909.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PROGRAM STANDARDS AND PERFORMANCE GOALS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The commissioner shall adopt rules establishing:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -44960,51 +45451,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId318">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.17, eff. June 20, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.910.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.910.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">AUTHORITY TO ACCEPT CERTAIN MONEY.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The commissioner may solicit and accept gifts, grants, and donations from public and private entities to use for the purposes of this subchapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -45014,51 +45511,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId319">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.17, eff. June 20, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 21.911.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.911.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">RULES.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The commissioner shall adopt rules as necessary to implement this subchapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>