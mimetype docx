--- v0 (2025-10-25)
+++ v1 (2025-12-16)
@@ -71,51 +71,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER A.  GENERAL PROVISIONS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 51A.001.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">51A.001.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DEFINITIONS.  In this chapter:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -160,51 +166,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId14">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>174</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 3, eff. June 19, 2009.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 51A.002.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">51A.002.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">POWERS AND DUTIES OF COORDINATING BOARD RELATING TO INSTITUTION RESUMES; GENERAL REQUIREMENTS FOR INSTITUTION RESUMES.  (a)  The coordinating board, in consultation with each institution of higher education to which this chapter applies, shall develop and maintain online resumes for each of those institutions.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -444,51 +456,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId16">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>736</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. June 17, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 51A.003.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">51A.003.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DUTIES OF INSTITUTIONS OF HIGHER EDUCATION RELATING TO INSTITUTION RESUMES.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Each institution of higher education to which this chapter applies shall:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -566,51 +584,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId18">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>736</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 3, eff. June 17, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 51A.004.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">51A.004.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">LINK TO FEDERAL STUDENT FINANCIAL AID INFORMATION.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">An institution may satisfy a requirement of this chapter relating to student loan, grant, or scholarship information by linking the online resume of the institution to that information as it appears on the website known as "College Navigator," or a successor or related website, maintained by the National Center for Education Statistics of the U.S. Department of Education.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -635,96 +659,108 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER B.  ONLINE INSTITUTION RESUMES FOR FOUR-YEAR GENERAL ACADEMIC TEACHING INSTITUTIONS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 51A.051.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">51A.051.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">APPLICABILITY OF SUBCHAPTER.  This subchapter applies only to general academic teaching institutions, other than public state colleges.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 2009, 81st Leg., R.S., Ch. 723 (S.B. </w:t>
       </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId20">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>174</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 3, eff. June 19, 2009.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 51A.052.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">51A.052.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">INSTITUTION RESUME FOR LEGISLATORS AND OTHER POLICY MAKERS.  (a)  The coordinating board shall maintain for each institution to which this subchapter applies an online resume that is designed for use by legislators and other interested policy makers.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -1610,51 +1646,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId22">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>736</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 5, eff. June 17, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 51A.053.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">51A.053.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">INSTITUTION RESUME FOR PROSPECTIVE STUDENTS, PARENTS, AND MEMBERS OF THE PUBLIC.  (a)  The coordinating board shall maintain for each institution to which this subchapter applies an online resume that is designed for use by prospective students of the institution, their parents, and other interested members of the public.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A resume required for an institution under this section is not required to include information that the coordinating board considers to be substantially duplicative of information reported and available to the public through the Voluntary System of Accountability Program.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -2611,51 +2653,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER C.  INSTITUTION RESUMES FOR LOWER-DIVISION INSTITUTIONS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 51A.101.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">51A.101.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">APPLICABILITY OF SUBCHAPTER.  This subchapter applies only to the following institutions of higher education:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -2713,51 +2761,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId25">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>174</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 3, eff. June 19, 2009.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 51A.102.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">51A.102.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">INSTITUTION RESUME FOR LEGISLATORS AND OTHER POLICY MAKERS.  (a)  The coordinating board shall maintain for each institution to which this subchapter applies an online resume for the institution designed for use by legislators and other interested policy makers.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -3738,51 +3792,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId27">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>736</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 7, eff. June 17, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 51A.103.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">51A.103.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">INSTITUTION RESUME FOR PROSPECTIVE STUDENTS, PARENTS, AND OTHER MEMBERS OF THE PUBLIC.  (a)  The coordinating board shall maintain for each institution to which this subchapter applies an online resume that is designed for use by prospective students of the institution, their parents, and other interested members of the public.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -4691,96 +4751,108 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER D.  ONLINE INSTITUTION RESUMES FOR MEDICAL AND DENTAL UNITS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 51A.151.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">51A.151.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">APPLICABILITY OF SUBCHAPTER.  This subchapter applies only to medical and dental units.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 2009, 81st Leg., R.S., Ch. 723 (S.B. </w:t>
       </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId29">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>174</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 3, eff. June 19, 2009.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 51A.152.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">51A.152.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">INSTITUTION RESUME FOR LEGISLATORS AND OTHER POLICY MAKERS.  (a)  The coordinating board shall maintain for each institution to which this subchapter applies an online resume designed for use by legislators and other interested policy makers.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -5275,51 +5347,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId30">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>174</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 3, eff. June 19, 2009.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 51A.153.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">51A.153.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">INSTITUTION RESUME FOR PROSPECTIVE STUDENTS, PARENTS, AND OTHER MEMBERS OF THE PUBLIC.  (a)  The coordinating board shall maintain for each institution to which this subchapter applies an online resume that is designed for use by prospective students of the institution, their parents, and other interested members of the public.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>