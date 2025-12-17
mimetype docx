--- v0 (2025-10-25)
+++ v1 (2025-12-17)
@@ -71,51 +71,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER A. GENERAL PROVISIONS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 88.001.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">88.001.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">AGENCIES AND SERVICES.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The agencies and services of the Texas A&amp;M University System are:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -585,51 +591,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId16">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>646</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 88.102.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">88.102.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">GENERAL DUTIES.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Under the general supervision of the board, the director shall:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -772,51 +784,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId17">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>646</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 3, eff. September 1, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 88.103.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">88.103.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ENFORCEMENT; APPOINTMENT OF PEACE OFFICERS.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The director may appoint not to exceed 25 employees of the Texas Forest Service who are certified by the Texas Commission on Law Enforcement as qualified to be peace officers to serve as peace officers under the direction of the director in executing the enforcement duties of that agency.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -893,51 +911,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId19">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>686</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.15, eff. May 18, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 88.1035.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">88.1035.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">USE OF FUNDS TO SUPPORT PEACE OFFICER TRAINING.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The Texas Forest Service, subject to director approval, may use appropriated funds to purchase food and beverages for training functions required of peace officers of the Texas Forest Service.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -947,51 +971,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId20">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>78</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. June 17, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 88.104.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">88.104.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">AUTHORITY TO ENTER PRIVATE LAND.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Authority is hereby granted to every employee of the Texas Forest Service and any outside labor or assistance the employee deems necessary to enter upon any privately-owned land in the performance of fire suppression duties which are by state law under the direction of the director.</w:t>
       </w:r>
@@ -1092,51 +1122,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId21">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1267</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. May 10, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 88.105.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">88.105.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">COOPERATION WITH PERSONS AND AGENCIES.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">On request, under the sanction of the board, and whenever the director deems it essential to the best interests of the people of the state, the director shall cooperate with counties, towns, corporations, or individuals in preparing plans for the protection, management, and replacement of trees, woodlots, and timber tracts, under an agreement that the parties obtaining the assistance pay at least the field expenses of the persons employed in preparing the plans.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -1589,51 +1625,57 @@
         <w:t xml:space="preserve">The board may sell, exchange, or lease state forest land under its jurisdiction when in its judgment it is advantageous to the state to do so in the highest orderly development and management of state forests.  However, no sale or exchange of any such land belonging to the state or the university shall be made until the sale or exchange is authorized by the legislature.  The sale, lease or exchange shall not be contrary to the terms of any contract into which it has entered.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1971, 62nd Leg., p. 3211, ch. 1024, art. 1, Sec. 1, eff. Sept. 1, 1971.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 88.1085.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">88.1085.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">USE OF LAND IN WILLIAM GOODRICH JONES STATE FOREST.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">For the purpose of this section, the "Jones State Forest" means the real property owned by the state for the use and benefit of The Texas A&amp;M University System to demonstrate reforestation work and forest management work under the Texas A&amp;M Forest Service, consisting of approximately 1,722 acres in Montgomery County, and formally dedicated and named the William Goodrich Jones State Forest.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -1728,51 +1770,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId24">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>345</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2019.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 88.109.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">88.109.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">USE OF CERTAIN DEPARTMENT OF CRIMINAL JUSTICE LAND FOR REFORESTATION.  The several tracts of land in Cherokee County near Maydelle, consisting of approximately 2,150 acres, owned by the Texas Department of Criminal Justice, is set aside for reforestation purposes to be used by Texas A&amp;M University to demonstrate reforestation work.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1971, 62nd Leg., p. 3211, ch. 1024, art. 1, Sec. 1, eff. Sept. 1, 1971.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -3088,51 +3136,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId27">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>646</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 8, eff. September 1, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 88.120.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">88.120.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">WILDFIRE TRAINING.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The Texas Forest Service is the lead agency of the state for providing and coordinating training in fighting wildfires.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -3161,51 +3215,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId28">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>646</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 9, eff. September 1, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 88.122.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">88.122.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">INCIDENT MANAGEMENT TEAMS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The Texas Forest Service may support the state's all-hazard response operations by:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -3310,51 +3370,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId29">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>646</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 10, eff. September 1, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 88.123.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">88.123.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">VOLUNTEER FIRE DEPARTMENT ASSISTANCE.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In this section:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -3699,51 +3765,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId30">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>646</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 10, eff. September 1, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 88.124.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">88.124.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">WILDFIRE PROTECTION PLAN.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The Texas Forest Service shall hold public meetings to develop and regularly update a wildfire protection plan.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -3996,51 +4068,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId31">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>646</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 10, eff. September 1, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 88.125.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">88.125.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">COST-EFFECTIVE USE OF RESOURCES.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In determining the appropriate wildfire response, the Texas Forest Service shall use the most cost-effective combination of volunteer firefighters, temporary employees of the Texas Forest Service, and out-of-state personnel and equipment available.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -4050,51 +4128,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId32">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>646</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 10, eff. September 1, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 88.1255.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">88.1255.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">STATEWIDE DATABASE OF FIREFIGHTING EQUIPMENT.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In this section, "fire department" means:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -4333,51 +4417,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId34">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>34</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 88.126.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">88.126.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">WORKERS' COMPENSATION INSURANCE COVERAGE: INTRASTATE FIRE MUTUAL AID SYSTEM AND REGIONAL INCIDENT MANAGEMENT TEAMS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In this section:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -5976,51 +6066,57 @@
         <w:t xml:space="preserve">ACCEPTANCE OF FUNDS.  In addition to any other authority which it may possess, the board of regents is authorized to accept funds from both public and private sources, in addition to any amounts which shall be appropriated by the legislature for the use of any program or division of the agency.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 1989, 71st Leg., ch. 204, Sec. 1, eff. Aug. 28, 1989.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 88.503.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">88.503.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">SPATIAL REFERENCE CENTER.  (a)  The board may create and operate a spatial reference center at Texas A&amp;M University--Corpus Christi for the purpose of:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -7038,51 +7134,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId57">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1455</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 5, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 88.527.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">88.527.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CONFERENCE.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Texas AgriLife Research shall conduct an annual conference on equine research.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -8115,96 +8217,108 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER I-1. TEXAS VETERINARY MEDICAL DIAGNOSTIC LABORATORY</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 88.701.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">88.701.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">TEXAS VETERINARY MEDICAL DIAGNOSTIC LABORATORY.  The Texas Veterinary Medical Diagnostic Laboratory is a state agency under the jurisdiction and supervision of the board.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Redesignated from Education Code, Subchapter I, Chapter 88 and amended by Acts 2007, 80th Leg., R.S., Ch. 111 (H.B. </w:t>
       </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId60">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2024</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 88.702.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">88.702.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">EXECUTIVE DIRECTOR AND EMPLOYEES.  (a)  The board shall staff the Texas Veterinary Medical Diagnostic Laboratory with an executive director and other employees necessary for the agency to properly function.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -8224,51 +8338,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId61">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2024</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 88.704.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">88.704.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CONFLICT OF INTEREST.  (a)  In this section, "Texas trade association" means a cooperative and voluntarily joined statewide association of business competitors in this state designed to assist its members and its industry in dealing with mutual business or professional problems and in promoting their common interest.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -8351,51 +8471,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId62">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2024</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 88.705.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">88.705.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">USE OF TECHNOLOGY.  The executive director shall implement a policy requiring the Texas Veterinary Medical Diagnostic Laboratory to use appropriate technological solutions to improve the laboratory's ability to perform its functions.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The policy must ensure that the public is able to interact with the laboratory on the Internet.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -8405,51 +8531,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId63">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2024</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 88.706.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">88.706.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">NEGOTIATED RULEMAKING; ALTERNATIVE DISPUTE RESOLUTION.  (a)  The executive director of the Texas Veterinary Medical Diagnostic Laboratory shall develop and implement a policy to encourage the use of:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -8595,51 +8727,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId64">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2024</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 88.707.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">88.707.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">FEES.  (a)  The Texas Veterinary Medical Diagnostic Laboratory may charge and collect fees for goods and services the laboratory provides to any person, including a governmental entity.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -8754,51 +8892,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId65">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2024</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 88.708.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">88.708.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">POWERS AND DUTIES.  (a)  The Texas Veterinary Medical Diagnostic Laboratory shall:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -8951,51 +9095,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId66">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2024</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 88.709.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">88.709.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">COMPLAINTS.  (a)  The Texas Veterinary Medical Diagnostic Laboratory shall maintain a system to promptly and efficiently act on complaints filed with the laboratory.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The laboratory shall maintain information about each complaint that includes:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -9119,51 +9269,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId67">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2024</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 88.710.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">88.710.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PLAN COORDINATOR; NATIONAL POULTRY IMPROVEMENT PLAN.  (a)  The poultry programs administrator for the Texas Veterinary Medical Diagnostic Laboratory serves as the state plan coordinator for the National Poultry Improvement Plan.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -9620,96 +9776,108 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER K.  TEXAS AGRILIFE EXTENSION SERVICE</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 88.821.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">88.821.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DEFINITION.  In this subchapter, "extension service" means the Texas AgriLife Extension Service.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 2009, 81st Leg., R.S., Ch. 954 (H.B. </w:t>
       </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId69">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>3429</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. June 19, 2009.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 88.822.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">88.822.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PROGRAM REPORTS.  (a)  The extension service shall make a presentation to the commissioner of education, the commissioner of agriculture, and the commissioner of the Department of State Health Services and shall provide copies of reports to the Texas Education Agency, the Department of Agriculture, and the Department of State Health Services, and any council in which representatives from all three of those agencies are members, on the following programs:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -9805,51 +9973,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId70">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>3429</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. June 19, 2009.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 88.823.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">88.823.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PEST, DISEASE, AND QUARANTINE ALERT SYSTEM.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">With the cooperation of the Department of Agriculture, the Texas Animal Health Commission, and the Parks and Wildlife Department, the extension service shall develop and implement a statewide Internet-based alert system for notifications related to wildlife and plant pests, diseases, and quarantines.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>