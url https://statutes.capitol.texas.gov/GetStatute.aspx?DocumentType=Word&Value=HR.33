--- v0 (2025-10-25)
+++ v1 (2025-12-16)
@@ -71,51 +71,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER A.  NUTRITIONAL ASSISTANCE PROGRAMS IN GENERAL</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 33.0005.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">33.0005.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DEFINITIONS.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In this chapter:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -231,51 +237,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId15">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>219</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 4.154, eff. April 2, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 33.0006.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">33.0006.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">OPERATION OF SNAP.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The commission operates the supplemental nutrition assistance program.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -374,51 +386,57 @@
         <w:t xml:space="preserve">The department may cooperate with a city or county in any manner necessary for the proper operation of this program.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1979, 66th Leg., p. 2353, ch. 842, art. 1, Sec. 1, eff. Sept. 1, 1979.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 33.002.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">33.002.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DISTRIBUTION OF COMMODITIES AND SNAP BENEFITS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The department is responsible for the distribution of commodities and the commission is responsible for the distribution of supplemental nutrition assistance program benefits allocated respectively to the department and the commission by the federal government.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -817,51 +835,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId23">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>219</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 4.156, eff. April 2, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 33.0023.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">33.0023.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">SNAP INFORMATION MATCHING SYSTEM.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">To detect and prevent fraud in the supplemental nutrition assistance program, the commission, through the use of a computerized matching system, shall compare at least semiannually commission information relating to supplemental nutrition assistance program benefits transactions and redemptions by benefits recipients and retailers with information obtained from the comptroller and other appropriate state agencies relating to those recipients and retailers.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -928,51 +952,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId24">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>219</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 4.157, eff. April 2, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 33.0024.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">33.0024.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DISASTER SNAP.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In this section, "program" means the program to provide supplemental nutrition assistance benefits to victims of a disaster as authorized by 7 U.S.C. Section 2014.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -1233,51 +1263,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId27">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>219</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 4.158, eff. April 2, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 33.004.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">33.004.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">COMMODITY DISTRIBUTION PROGRAM ADVISORY BOARDS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The department may establish state or district-level advisory boards to facilitate the operations of the commodity distribution program.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -1414,51 +1450,57 @@
         <w:t xml:space="preserve">The cost of processing shall be borne by each recipient on a pro rata basis in relation to the amount of the processed commodities received by each distribution district.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1979, 66th Leg., p. 2354, ch. 842, art. 1, Sec. 1, eff. Sept. 1, 1979.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 33.006.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">33.006.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">HANDLING CHARGES.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The department may assess reasonable handling charges against the recipients of commodities to cover the cost of distribution.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -1524,51 +1566,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId30">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>219</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 4.160, eff. April 2, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 33.008.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">33.008.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">SALE OF USED COMMODITY CONTAINERS.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The department may sell used commodity containers.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -1606,51 +1654,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId31">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>219</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 4.161, eff. April 2, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 33.011.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">33.011.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PROHIBITED ACTIVITIES; PENALTIES.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A person commits an offense if the person knowingly uses, alters, or transfers a supplemental nutrition assistance program electronic benefit transfer card in any manner not authorized by law.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -1801,51 +1855,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId32">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>219</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 4.162, eff. April 2, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 33.012.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">33.012.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CHEMICAL DEPENDENCY TREATMENT PROGRAM AS REPRESENTATIVE.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The commission shall provide an individual's supplemental nutrition assistance program allotment to the residential chemical dependency treatment program in which the person resides to the extent allowed under Section 8(f), Food Stamp Act of 1977 (7 U.S.C. Section 2017(e)), if the individual designates the program as the individual's authorized representative.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -1874,51 +1934,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId33">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>219</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 4.163, eff. April 2, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 33.013.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">33.013.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">INFORMATION AND REFERRAL SERVICES.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Each local supplemental nutrition assistance program benefits office shall compile and maintain a current list of emergency food providers in the area served by the local supplemental nutrition assistance program benefits</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -2052,51 +2118,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId35">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>219</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 4.163, eff. April 2, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 33.015.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">33.015.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">INITIAL ESTABLISHMENT AND RECERTIFICATION OF ELIGIBILITY FOR CERTAIN PERSONS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In administering the supplemental nutrition assistance program, the commission shall, except as provided by Subsection (c) and Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">33.019</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, allow a person to comply with initial eligibility requirements, including any initial interview, and with subsequent periodic eligibility recertification requirements by telephone instead of through a personal appearance at commission offices if:</w:t>
       </w:r>
@@ -2465,51 +2537,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId37">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>224</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 33.018.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">33.018.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">SNAP ELIGIBILITY FOLLOWING CERTAIN CRIMINAL CONVICTIONS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">As authorized by 21 U.S.C. Section 862a(d)(1) and except as provided by this section, 21 U.S.C. Section 862a(a)(2) does not apply in determining the eligibility of any person for the supplemental nutrition assistance program.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -2575,51 +2653,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId38">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>200</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.29, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 33.0181.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">33.0181.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">MEMORANDUM OF UNDERSTANDING REGARDING ELIGIBILITY DETERMINATIONS FOR CERTAIN INMATES.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In this section, "inmate" means an individual confined in a facility operated by or under contract with the Texas Department of Criminal Justice.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -2743,51 +2827,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId39">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1743</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. June 12, 2023.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 33.019.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">33.019.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">SIMPLIFIED CERTIFICATION AND RECERTIFICATION REQUIREMENTS FOR CERTAIN SNAP APPLICANTS AND RECIPIENTS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The commission shall develop and implement simplified certification and recertification requirements for supplemental nutrition assistance program benefits for an individual who:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -3006,51 +3096,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId40">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>224</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. September 1, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 33.021.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">33.021.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">EXCLUSION OF CERTAIN RESOURCES IN DETERMINING SNAP ELIGIBILITY.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In determining the eligibility of an applicant for or recertifying the eligibility of a recipient of supplemental nutrition assistance program benefits, the commission may not consider as resources the value of a motor vehicle in which the applicant or recipient or a member of the applicant's or recipient's household has an ownership interest up to:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -3098,51 +3194,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId41">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1287</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2023.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 33.022.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">33.022.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">APPLICATION ASSISTANCE.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">On request of an applicant for supplemental nutrition assistance program benefits, the commission shall assist the applicant in filling out forms and completing the application process.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -3190,51 +3292,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId42">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>219</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 4.163, eff. April 2, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 33.023.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">33.023.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">INFORMATION VERIFICATION.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The commission shall develop and implement for expedited issuance a uniform procedure for verifying information required of an applicant for supplemental nutrition assistance program benefits.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -3347,51 +3455,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId43">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>219</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 4.163, eff. April 2, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 33.0231.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">33.0231.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">VERIFICATION OF IDENTITY AND PREVENTION OF DUPLICATE PARTICIPATION IN SNAP.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The commission shall use appropriate technology to:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -3469,51 +3583,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId45">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>219</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 4.163, eff. April 2, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 33.025.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">33.025.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">NUTRITION EDUCATION AND OUTREACH FOR THOSE ELIGIBLE FOR SNAP BENEFITS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The commission shall develop and implement a plan of operation to provide nutrition education and outreach to persons eligible for supplemental nutrition assistance program benefits.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -4247,51 +4367,57 @@
         <w:t xml:space="preserve">The department may implement Subsection (a) by developing necessary computer systems or by using computer systems developed or made available for that purpose by a sponsoring organization or other appropriate person.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 1999, 76th Leg., ch. 719, Sec. 3, eff. Jan. 1, 2001.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 33.0271.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">33.0271.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CHILD AND ADULT CARE FOOD PROGRAM:</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PROGRAM PARTICIPANT REQUIREMENTS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -4741,51 +4867,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId51">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>219</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 4.165, eff. April 2, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 33.028.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">33.028.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">GRANT PROGRAMS FOR NUTRITION EDUCATION.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The department shall develop a program under which the department awards grants to:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -4901,51 +5033,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId53">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>219</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 4.166, eff. April 2, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 33.029.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">33.029.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CERTAIN ELIGIBILITY RESTRICTIONS.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Notwithstanding any other provision of this chapter, an applicant for or recipient of benefits under the supplemental nutrition assistance program is not entitled to and may not receive or continue to receive any benefit under the program if the applicant or recipient is not legally present in the United States.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -4955,51 +5093,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId54">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.21, eff. September 28, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 33.0291.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">33.0291.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">EXCLUSION OF SCHOOL-BASED ACCOUNTS AND CERTAIN BONDS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">For purposes of determining whether a person meets family income and resource requirements for eligibility for the supplemental nutrition assistance program, the commission may not consider as income or resources a right to assets held in or a right to receive payments or benefits under a school-based account or bond described by Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">28.0024</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(b)(2), Education Code.</w:t>
       </w:r>
@@ -5046,51 +5190,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId55">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>3987</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 5, eff. June 20, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 33.031.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">33.031.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PURCHASE OF SWEETENED DRINKS AND CANDY PROHIBITED UNDER SUPPLEMENTAL NUTRITION ASSISTANCE PROGRAM.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In this section, "sweetened drink" means a nonalcoholic beverage made with water that contains five grams or more of added sugar or any amount of artificial sweeteners.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -5223,51 +5373,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId56">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>379</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 33.032.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">33.032.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PEACE OFFICERS.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The commission's office of inspector general may employ and commission peace officers for the purpose of assisting the office in the investigation of fraud, waste, or abuse in the supplemental nutrition assistance program.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -5322,51 +5478,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId58">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4504</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.128, eff. January 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 33.035.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">33.035.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PILOT PROGRAM TO INCENTIVIZE PURCHASE OF TEXAS-GROWN FRUITS OR VEGETABLES UNDER SNAP.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In this section:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -5782,51 +5944,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER B.  SUPPLEMENTAL NUTRITION ASSISTANCE PROGRAM:  ELIGIBILITY DETERMINATION PROCESS EFFICIENCY</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 33.052.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">33.052.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">APPLICATION ASSISTANCE.  (a) The commission shall develop procedures to ensure that:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -5884,51 +6052,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId60">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2819</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. September 1, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 33.053.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">33.053.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">USE OF TECHNOLOGY TO PROMOTE EFFICIENCY AND FRAUD DETECTION.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The commission shall consider the feasibility and cost-effectiveness of using readily available document scanning technology to reduce storage and maintenance costs and potential loss of data by creating electronic case files for supplemental nutrition assistance cases instead of maintaining physical files for those cases. The commission shall use that technology if determined feasible and cost-effective.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -6013,51 +6187,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId61">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2819</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. September 1, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 33.054.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">33.054.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">WORKFORCE MANAGEMENT.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The commission shall improve its management of supplemental nutrition assistance eligibility determination staff by:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -6171,51 +6351,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId62">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2819</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. September 1, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 33.055.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">33.055.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PROGRAM MANAGEMENT INFORMATION.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The commission, in conjunction with state, regional, and local eligibility determination offices, shall identify eligibility determination program performance indicators with respect to which data should periodically be collected.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>