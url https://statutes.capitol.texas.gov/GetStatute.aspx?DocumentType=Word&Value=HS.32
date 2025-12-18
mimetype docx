--- v0 (2025-10-15)
+++ v1 (2025-12-18)
@@ -648,51 +648,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId15">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>219</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 3.0080, eff. April 2, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 32.003.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">32.003.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">MATERNAL AND INFANT HEALTH IMPROVEMENT SERVICES PROGRAM.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The executive commissioner may establish a maternal and infant health improvement services program in the department to provide comprehensive maternal and infant health improvement services and ancillary services to eligible women and infants.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -1430,51 +1436,57 @@
         <w:t xml:space="preserve">In a judgment in favor of the department, the court may award attorney's fees, court costs, and interest accruing from the date on which the department provides the services to the date on which the department is reimbursed.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1989, 71st Leg., ch. 678, Sec. 1, eff. Sept. 1, 1989.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 32.014.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">32.014.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">FEES.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Except as prohibited by federal law or regulation, the department may collect fees for the services provided directly by the department or through approved providers in accordance with Subchapter </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">D</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, Chapter </w:t>
       </w:r>
@@ -1691,51 +1703,57 @@
         <w:t xml:space="preserve">CONTRACTS.  The department shall enter into contracts and agreements or award grants necessary to facilitate the efficient and economical provision of services under this chapter, including contracts and grants for the purchase of services, equipment, and supplies from approved providers.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1989, 71st Leg., ch. 678, Sec. 1, eff. Sept. 1, 1989.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 32.017.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">32.017.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">RECORDS.  (a)  The department shall require each provider receiving reimbursement under this chapter to maintain records and information for each applicant for or recipient of services.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -2130,51 +2148,57 @@
         <w:t xml:space="preserve"> to develop the long-range and short-range plans.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1989, 71st Leg., ch. 678, Sec. 1, eff. Sept. 1, 1989.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 32.021.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">32.021.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">REQUIREMENTS REGARDING THE WOMEN, INFANTS, AND CHILDREN PROGRAM.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">An agency, organization, or other entity that contracts with the Special Supplemental Nutrition Program for Women, Infants, and Children shall each month provide the clinical and nutritional services supported by that program during extended hours, as defined by the department.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -2319,51 +2343,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId27">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>219</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 3.0089, eff. April 2, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 32.0211.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">32.0211.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">WOMEN, INFANTS, AND CHILDREN PROGRAM OUTREACH CAMPAIGN TO PROMOTE FATHERS' INVOLVEMENT.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The attorney general shall:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -3001,51 +3031,57 @@
         <w:t xml:space="preserve">In order to improve the health of women and infants, it is necessary to promote health education, to provide assurance of reasonable access to safe and appropriate perinatal services, and to improve the quality of perinatal care by encouraging optimal use of health care personnel.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 1995, 74th Leg., ch. 124, Sec. 7, eff. Sept. 1, 1995.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 32.042.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">32.042.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DUTIES OF EXECUTIVE COMMISSIONER;</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">RULES.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -3925,51 +3961,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId34">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>219</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 3.0095, eff. April 2, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 32.046.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">32.046.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">POSTPARTUM DEPRESSION STRATEGIC PLAN.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The commission shall develop and implement a five-year strategic plan to improve access to postpartum depression screening, referral, treatment, and support services.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -4195,51 +4237,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId36">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>3801</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 5, eff. September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 32.047.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">32.047.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">HYPEREMESIS GRAVIDARUM STRATEGIC PLAN.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In this section, "hyperemesis gravidarum" means a disorder that causes a woman to experience extreme, persistent nausea and vomiting during pregnancy that may lead to dehydration, weight loss, or electrolyte imbalance.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -4483,51 +4531,57 @@
         <w:t xml:space="preserve">SUBCHAPTER D.  CENTERS OF EXCELLENCE</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">FOR FETAL DIAGNOSIS AND THERAPY</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 32.071.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">32.071.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DESIGNATION OF CENTERS OF EXCELLENCE FOR FETAL DIAGNOSIS AND THERAPY.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The department, in consultation with the Perinatal Advisory Council established under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">241.187</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, shall designate as centers of excellence for fetal diagnosis and therapy one or more health care entities or programs in this state, including institutions of higher education as defined by Section </w:t>
       </w:r>
@@ -4568,51 +4622,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId39">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2131</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 32.072.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">32.072.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">SUBCOMMITTEE.  (a) The department, in consultation with the Perinatal Advisory Council, shall appoint a subcommittee of that advisory council to advise the advisory council and the department on the development of rules related to the designations made by the department under this subchapter.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">As part of its duties under this subsection, the subcommittee specifically shall advise the advisory council and the department regarding the criteria necessary for a health care entity or program in this state to receive a designation under this subchapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -4641,51 +4701,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId40">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2131</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 32.073.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">32.073.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PRIORITY CONSIDERATIONS FOR CENTER DESIGNATIONS.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The rules adopted under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">32.071</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(b) must prioritize awarding a designation under this subchapter to a health care entity or program that:</w:t>
       </w:r>
@@ -4783,51 +4849,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId41">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2131</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 32.074.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">32.074.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">QUALIFICATIONS FOR DESIGNATION.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The rules adopted under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">32.071</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(b) must ensure that a health care entity or program that receives a center of excellence designation under this subchapter:</w:t>
       </w:r>
@@ -4959,51 +5031,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER E.  ENHANCED PRENATAL AND POSTPARTUM CARE SERVICES</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 32.101.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">32.101.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ENHANCED PRENATAL SERVICES FOR CERTAIN WOMEN.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The commission, in collaboration with managed care organizations that contract with the commission to provide health care services to medical assistance recipients under Chapter </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">540</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
@@ -5055,51 +5133,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId44">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4611</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.24, eff. April 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 32.102.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">32.102.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">EVALUATION AND ENHANCEMENT OF POSTPARTUM CARE SERVICES FOR CERTAIN WOMEN.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In this section, "Healthy Texas Women program" means a program operated by the commission that is substantially similar to the demonstration project operated under former Section 32.0248, Human Resources Code, and that is intended to expand access to preventive health and family planning services for women in this state.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -5200,51 +5284,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER F.  DELIVERY AND IMPROVEMENT OF MATERNAL HEALTH CARE SERVICES INVOLVING MANAGED CARE ORGANIZATIONS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 32.151.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">32.151.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DEFINITIONS.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In this subchapter:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -5365,51 +5455,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId47">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4611</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.25, eff. April 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 32.152.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">32.152.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PROVISION OF HEALTHY TEXAS WOMEN PROGRAM SERVICES THROUGH MANAGED CARE.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The commission shall contract with Medicaid managed care organizations to provide Healthy Texas Women program services.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -5525,51 +5621,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId49">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>133</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. September 1, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 32.153.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">32.153.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CONTINUITY OF CARE FOR CERTAIN WOMEN ENROLLING IN HEALTHY TEXAS WOMEN PROGRAM.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The commission shall develop and implement strategies to ensure the continuity of care for women who transition from the medical assistance program and enroll in the Healthy Texas Women program.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -5588,51 +5690,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId50">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>750</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 3, eff. June 10, 2019.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 32.154.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">32.154.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">POSTPARTUM DEPRESSION TREATMENT NETWORK.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Using money from an available source designated by the commission, the commission, in collaboration with Medicaid managed care organizations and health care providers participating in the Healthy Texas Women program, shall develop and implement a postpartum depression treatment network for women enrolled in the medical assistance or Healthy Texas Women program.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -5642,51 +5750,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId51">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>750</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 3, eff. June 10, 2019.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 32.155.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">32.155.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">STATEWIDE INITIATIVES TO IMPROVE QUALITY OF MATERNAL HEALTH CARE.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In this section, "social determinants of health" means the environmental conditions in which an individual lives that affect the individual's health and quality of life.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -5961,51 +6075,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId54">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4611</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.26, eff. April 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 32.156.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">32.156.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">INFORMATION ABOUT AVAILABILITY OF SUBSIDIZED HEALTH INSURANCE COVERAGE.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The commission and each managed care organization participating in the Healthy Texas Women program shall provide a written notice containing information about eligibility requirements for and enrollment in a health benefit plan for which an enrollee receives a premium subsidy under the Patient Protection and Affordable Care Act (Pub. L. No. 111-148), based on family income, to a woman who:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>