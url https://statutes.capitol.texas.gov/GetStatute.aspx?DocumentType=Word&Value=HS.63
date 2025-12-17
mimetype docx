--- v0 (2025-10-18)
+++ v1 (2025-12-17)
@@ -96,51 +96,57 @@
         <w:t xml:space="preserve">NOT AN ENTITLEMENT.  This chapter does not establish an entitlement to assistance in obtaining health benefits for a child.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 1999, 76th Leg., ch. 235, Sec. 1, eff. Aug. 30, 1999.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 63.003.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">63.003.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">HEALTH BENEFITS PLAN COVERAGE FOR CERTAIN CHILDREN.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The executive commissioner shall develop and implement a program to provide health benefits plan coverage for a child who:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -499,51 +505,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId15">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>219</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 3.0213, eff. April 2, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 63.006.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">63.006.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">COST-SHARING PAYMENTS.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(a) Except as provided by Subsection (b), the executive commissioner may not require a child who is provided health benefits plan coverage under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">63.003</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> and who meets the income eligibility requirement of the medical assistance program under Chapter </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">32</w:t>
       </w:r>