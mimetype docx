--- v0 (2025-10-18)
+++ v1 (2025-12-18)
@@ -1501,51 +1501,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER D. CONTROL OF PREDATORY ANIMALS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 825.051.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">825.051.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">MUNICIPAL CONTROL OF COYOTES.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A municipality with a population density of more than 2,500 persons per square</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>