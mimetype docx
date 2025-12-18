--- v0 (2025-10-18)
+++ v1 (2025-12-18)
@@ -56,51 +56,57 @@
         <w:t xml:space="preserve">SUBTITLE A. HEALTH COVERAGE IN GENERAL</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">CHAPTER 1215.  REPORTING OF CLAIMS INFORMATION</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 1215.001.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">1215.001.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DEFINITIONS.  (a)  Except as provided by Subsection (b), in this chapter:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -291,51 +297,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId14">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2015</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 1215.002.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">1215.002.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">APPLICABILITY OF CHAPTER TO GOVERNMENTAL ENTITY; APPLICABILITY OF OTHER LAW WITH REFERENCE TO GOVERNMENTAL ENTITY.  (a)  This chapter applies to a governmental entity that enters into a contract with a health insurance issuer that results in the health insurance issuer delivering, issuing for delivery, or renewing a group health plan.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -380,51 +392,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId15">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2015</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 1215.003.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">1215.003.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">RECEIPT OF AND RESPONSE TO REQUEST FOR CLAIM INFORMATION.  (a)  Not later than the 30th day after the date a health insurance issuer receives a written request for a written report of claim information from a plan, plan sponsor, or plan administrator, the health insurance issuer shall provide the requesting party the report, subject to Subsections (d), (e), and (f).</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The health insurance issuer is not obligated to provide a report under this subsection regarding a particular employer or group health plan more than twice in any 12-month period.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -986,51 +1004,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId16">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2015</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 1215.004.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">1215.004.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">REQUEST FOR ADDITIONAL INFORMATION.  (a)  On receipt of the report required by Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">1215.003</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(a), the plan, plan sponsor, or plan administrator may review the report and, not later than the 10th day after the date the report is received, may make a written request to the health insurance issuer for additional information in accordance with this section for specified individuals.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
@@ -1106,96 +1130,108 @@
       <w:hyperlink w:docLocation="table" r:id="rId17">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2015</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 1215.005.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">1215.005.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">COMPLIANCE WITH CHAPTER DOES NOT CREATE LIABILITY.  A health insurance issuer that releases information, including protected health information, in accordance with this chapter has not violated a standard of care and is not liable for civil damages resulting from, and is not subject to criminal prosecution for, releasing that information.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 2007, 80th Leg., R.S., Ch. 700 (H.B. </w:t>
       </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId18">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2015</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 1215.006.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">1215.006.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ADMINISTRATIVE PENALTIES.  A health insurance issuer that does not comply with this chapter is subject to administrative penalties under Chapter </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">84</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 2007, 80th Leg., R.S., Ch. 700 (H.B. </w:t>
       </w:r>