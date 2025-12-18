--- v0 (2025-10-18)
+++ v1 (2025-12-18)
@@ -80,51 +80,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER A.  EVALUATING FIRE LOSS RISK</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2003.001.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2003.001.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">FIRE LOSS INFORMATION.  (a)  The department shall ascertain as soon as practicable the annual fire loss in this state.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -343,51 +349,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId14">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2017</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. April 1, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2003.002.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2003.002.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">FIRE SUPPRESSION RATINGS FOR BORDER MUNICIPALITIES.  In assigning or evaluating a fire suppression rating for a municipality at or near the border between this state and another state or the United Mexican States, the commissioner shall consider the existence and capabilities of a fire department or volunteer fire department that:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -426,51 +438,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId15">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2017</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. April 1, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2003.003.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2003.003.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CREDIT FOR REDUCING FIRE HAZARD.  The commissioner may give a locality, municipality, or other political subdivision credit for:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -528,51 +546,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId16">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2017</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. April 1, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2003.004.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2003.004.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">POLICYHOLDER CREDIT FOR REDUCING HAZARD.  (a)  The commissioner may require an insurer to give credit to a policyholder for a hazard that the policyholder reduces or removes.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -664,51 +688,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER B.  MUNICIPAL FIRE LOSS LISTS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2003.051.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2003.051.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ANNUAL LIST OF INSURED FIRE LOSSES BY MUNICIPALITY.  (a)  The department shall compile for each municipality in this state a list for distribution to the municipality of the insured fire and lightning losses that:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -892,51 +922,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId18">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2017</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. April 1, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2003.052.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2003.052.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">MUNICIPALITY'S REQUEST FOR LIST; RETURN REPORT.  (a)  The department shall provide to a municipality a copy of the list compiled under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">2003.051</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> for the municipality on the request of the municipality or the municipality's authorized agent or fire marshal.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
@@ -1019,51 +1055,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId19">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2017</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. April 1, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2003.053.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2003.053.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">LIST CORRECTIONS; USE.  The department shall:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -1108,141 +1150,159 @@
       <w:hyperlink w:docLocation="table" r:id="rId20">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2017</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. April 1, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2003.054.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2003.054.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CHARGE FOR LIST AND FIRE RECORD SYSTEM.  The commissioner shall set and collect a charge for compiling and providing a list under this subchapter and as the commissioner considers appropriate for administering the fire record system.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 2005, 79th Leg., Ch. 727 (H.B. </w:t>
       </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId21">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2017</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. April 1, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2003.055.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2003.055.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DEPARTMENT AUTHORITY TO REQUIRE PROVISION OF FIRE LOSS INFORMATION.  To accumulate statistical information for the control and prevention of fires, the department may require each municipality in this state and each insurer engaged in business in this state to provide to the department a complete and accurate report that lists all fire and lightning losses occurring in this state that are reflected in the municipality's or insurer's records.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 2005, 79th Leg., Ch. 727 (H.B. </w:t>
       </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId22">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2017</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. April 1, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2003.056.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2003.056.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DISCRETIONARY PROVISION OF LIST.  The department is not required to provide a list compiled under this subchapter if the fire record system is not in effect.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 2005, 79th Leg., Ch. 727 (H.B. </w:t>
       </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId23">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2017</w:t>
@@ -1258,51 +1318,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER C.  VOLUNTARY INSPECTION PROGRAM</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2003.101.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2003.101.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DEFINITIONS.  In this subchapter:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -1398,96 +1464,108 @@
       <w:hyperlink w:docLocation="table" r:id="rId24">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2017</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. April 1, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2003.102.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2003.102.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">RIGHT TO VOLUNTARY INSPECTION OF PROPERTY CONDITION.  A person with an insurable interest in real or tangible personal property at a fixed location who desires to purchase residential property insurance may obtain an independent inspection of the condition of the property by an inspector authorized to perform inspections under this subchapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 2005, 79th Leg., Ch. 727 (H.B. </w:t>
       </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId25">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2017</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. April 1, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2003.103.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2003.103.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PLAN OF OPERATION.  (a)  The commissioner shall adopt a plan of operation for the voluntary inspection program.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -1621,51 +1699,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId26">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2017</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. April 1, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2003.104.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2003.104.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ELIGIBLE INSPECTORS.  Persons who may be certified or licensed to perform inspections under this subchapter include:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -1710,51 +1794,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId27">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2017</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. April 1, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2003.105.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2003.105.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PRESUMPTION OF INSURABILITY.  (a)  The existence of an inspection certificate issued under this subchapter creates a presumption that the condition of the property inspected is adequate for the issuance of residential property insurance.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -1831,51 +1921,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId28">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2017</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. April 1, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2003.106.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2003.106.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ENFORCEMENT.  The commissioner by rule may provide for the use of any disciplinary procedure authorized by this code to:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -1914,51 +2010,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId29">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2017</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. April 1, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2003.107.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2003.107.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">RULES.  In addition to the plan of operation adopted under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">2003.103</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, the commissioner may adopt rules that are appropriate to accomplish the purposes of this subchapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 2005, 79th Leg., Ch. 727 (H.B. </w:t>
       </w:r>