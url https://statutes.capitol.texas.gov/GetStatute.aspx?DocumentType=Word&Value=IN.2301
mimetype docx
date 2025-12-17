--- v0 (2025-11-17)
+++ v1 (2025-12-17)
@@ -71,51 +71,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER A.  POLICY FORMS GENERALLY</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2301.001.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2301.001.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PURPOSE.  The purposes of this subchapter are to:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -173,51 +179,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId14">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2017</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. April 1, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2301.002.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2301.002.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DEFINITIONS.  In this subchapter:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -447,51 +459,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId16">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1298</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. May 29, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2301.003.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2301.003.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">APPLICABILITY OF SUBCHAPTER.  (a)  This subchapter applies to:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -987,51 +1005,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId20">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1367</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 5, eff. September 1, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2301.0031.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2301.0031.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">EXCEPTIONS FOR CERTAIN LINES.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Except as provided by Subsection (d), Sections </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">2301.006</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
@@ -1552,51 +1576,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId21">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1367</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 6, eff. September 1, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2301.004.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2301.004.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">EXEMPTION FOR LARGE RISKS.  Sections </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">2301.006</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">2301.007</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(a) and (b), and </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">2301.008</w:t>
       </w:r>
@@ -1672,96 +1702,108 @@
       <w:hyperlink w:docLocation="table" r:id="rId22">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2017</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. April 1, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2301.005.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2301.005.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">REGULATION OF INLAND MARINE FORMS.  The commissioner shall adopt rules governing the manner in which forms for the various classifications of risks insured under inland marine insurance, as determined by the commissioner, are regulated.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 2005, 79th Leg., Ch. 727 (H.B. </w:t>
       </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId23">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2017</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. April 1, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2301.006.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2301.006.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">FILING AND APPROVAL OF FORMS.  (a)  Except as provided by Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">2301.008</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, an insurer may not deliver or issue for delivery in this state a form for use in writing insurance described by Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">2301.003</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> unless the form has been filed with and approved by the commissioner.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
@@ -1868,51 +1910,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId24">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2017</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. April 1, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2301.007.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2301.007.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DISAPPROVAL OF FORMS; WITHDRAWAL OF APPROVAL.  (a)  The commissioner may disapprove a form filed under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">2301.006</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> or withdraw approval of a form if the form:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
@@ -2042,141 +2090,159 @@
       <w:hyperlink w:docLocation="table" r:id="rId25">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2017</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. April 1, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2301.008.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2301.008.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ADOPTION AND USE OF STANDARD FORMS.  The commissioner may adopt standard insurance policy forms, printed endorsement forms, and related forms other than insurance policy forms and printed endorsement forms, that an insurer may use instead of the insurer's own forms in writing insurance subject to this subchapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 2005, 79th Leg., Ch. 727 (H.B. </w:t>
       </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId26">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2017</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. April 1, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2301.009.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2301.009.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PUBLIC INSPECTION OF INFORMATION.  Each filing made, and any supporting information filed, under this subchapter is open to public inspection as of the date of the filing.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 2005, 79th Leg., Ch. 727 (H.B. </w:t>
       </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId27">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2017</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. April 1, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2301.010.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2301.010.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CONTRACTUAL LIMITATIONS PERIOD AND CLAIM FILING PERIOD IN CERTAIN PROPERTY INSURANCE FORMS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This section applies only to an insurer that issues windstorm and hail insurance in the catastrophe area, as defined by Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">2210.003</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
@@ -2397,51 +2463,57 @@
         <w:t xml:space="preserve">SUBCHAPTER B.  POLICY FORMS FOR PERSONAL AUTOMOBILE</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">INSURANCE COVERAGE AND RESIDENTIAL PROPERTY INSURANCE COVERAGE</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2301.051.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2301.051.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DEFINITIONS.  In this subchapter:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -2612,51 +2684,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId29">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2017</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. April 1, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2301.052.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2301.052.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">REGULATION OF POLICY FORMS AND ENDORSEMENTS.  (a)  Notwithstanding any other provision of this code and except as provided by this section, Subchapter A applies to an insurer with respect to insurance policy forms and endorsements for personal automobile insurance and residential property insurance.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -2676,51 +2754,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId30">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2017</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. April 1, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2301.053.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2301.053.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">REQUIREMENTS FOR FORMS; PLAIN-LANGUAGE REQUIREMENT.  (a)  Each form filed in accordance with this subchapter must comply with applicable state and federal law.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -2837,51 +2921,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId31">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2017</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. April 1, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2301.054.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2301.054.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CERTAIN CONTRACTS OR AGREEMENTS PROHIBITED; REVOCATION OF CERTIFICATE OF AUTHORITY.  (a)  A contract or agreement that is not written into an application for personal automobile insurance coverage and the personal automobile insurance policy is void and violates this code.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -2901,96 +2991,108 @@
       <w:hyperlink w:docLocation="table" r:id="rId32">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2017</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. April 1, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2301.055.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2301.055.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">RULES.  The commissioner may adopt reasonable and necessary rules to implement this subchapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 2005, 79th Leg., Ch. 727 (H.B. </w:t>
       </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId33">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2017</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. April 1, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2301.056.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2301.056.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">REQUIREMENT FOR FORMS; DECLARATIONS PAGE REQUIREMENT.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A residential property insurance policy form must include a declarations page that:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -3085,51 +3187,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId34">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>112</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2301.057.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2301.057.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CERTAIN DOCUMENTS NOT PART OF FORM.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A document providing a summary of a policy of personal automobile insurance or residential property insurance or a summary of an endorsement to such a policy or other ancillary material, including an advertisement for the policy or endorsement, is not part of the policy or endorsement form.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -3177,51 +3285,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId35">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1555</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. May 23, 2019.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2301.058.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2301.058.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PROVISION OF POLICY DOCUMENTS AND RELATED MATERIALS IN LANGUAGE OTHER THAN ENGLISH.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">An insurer may provide a customer a version of a personal automobile or residential property insurance policy or endorsement, or related explanatory or advertising material, in a language other than English.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>