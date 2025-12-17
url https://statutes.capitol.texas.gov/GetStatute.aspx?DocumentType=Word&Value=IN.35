--- v0 (2025-10-27)
+++ v1 (2025-12-17)
@@ -56,51 +56,57 @@
         <w:t xml:space="preserve">SUBTITLE A. ADMINISTRATION OF THE TEXAS DEPARTMENT OF INSURANCE</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">CHAPTER 35.  ELECTRONIC TRANSACTIONS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 35.001.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">35.001.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DEFINITIONS.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In this chapter:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -688,51 +694,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId17">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2124</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 35.002.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">35.002.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CONSTRUCTION WITH OTHER LAW.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Notwithstanding any other provision of this code, a regulated entity may conduct business electronically in accordance with this chapter and the rules adopted under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">35.004</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
@@ -767,51 +779,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId18">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1951</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 6.001, eff. September 1, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 35.003.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">35.003.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ELECTRONIC TRANSACTIONS AUTHORIZED.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Subject to Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">35.004</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, a regulated entity may conduct business electronically to the same extent that the entity is authorized to conduct business otherwise if before the conduct of business:</w:t>
       </w:r>
@@ -920,51 +938,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId20">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1040</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2023.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 35.004.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">35.004.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">MINIMUM STANDARDS FOR REGULATED ENTITIES ELECTRONICALLY CONDUCTING BUSINESS WITH CONSUMERS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Subject to Subsection (c), a notice to a party or other written communication with a party required in an insurance transaction or that is to serve as evidence of insurance coverage may be delivered, stored, and presented by electronic means only if the delivery, storage, or presentment complies with Chapter </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">322</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, Business &amp; Commerce Code.</w:t>
       </w:r>
@@ -1752,51 +1776,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId23">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1040</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. September 1, 2023.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 35.0041.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">35.0041.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CONSENT TO ELECTRONIC DELIVERY BY PLAN SPONSOR.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The plan sponsor of a health benefit plan, including a vision or dental benefit plan, may, on behalf of a party enrolled in the plan, give consent under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">35.004</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(c)(1)(A).</w:t>
       </w:r>
@@ -1924,51 +1954,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId25">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1040</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 3, eff. September 1, 2023.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 35.0045.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">35.0045.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">RULES.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> The commissioner shall adopt rules necessary to implement and enforce this chapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -1978,51 +2014,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId26">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1074</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 35.005.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">35.005.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">EXEMPTION FROM CERTAIN FEDERAL LAWS.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This chapter modifies, limits, or supersedes the provisions of the federal Electronic Signatures in Global and National Commerce Act (15 U.S.C. Section 7001 et seq.) as authorized by Section 102 of that Act (15 U.S.C. Section 7002).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>