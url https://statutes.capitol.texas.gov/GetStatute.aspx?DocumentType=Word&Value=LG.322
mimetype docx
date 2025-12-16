--- v0 (2025-10-25)
+++ v1 (2025-12-16)
@@ -71,51 +71,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER A. GENERAL PROVISIONS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 322.001.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">322.001.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ELIGIBLE COUNTIES.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Two adjacent counties that each have a population of 2.1 million or more may create a joint park board in accordance with this chapter for the purpose of providing one or more public parks for the two counties.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>