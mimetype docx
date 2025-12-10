--- v0 (2025-10-25)
+++ v1 (2025-12-10)
@@ -4614,51 +4614,51 @@
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 2021, 87th Leg., R.S., Ch. 915 (H.B. </w:t>
       </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId58">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>3607</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 16.001, eff. September 1, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Acts 2023, 88th Leg., 3rd C.S., Ch. 1 (S.B. </w:t>
+        <w:t xml:space="preserve">Acts 2023, 88th Leg., 3rd C.S., Ch. 2 (S.B. </w:t>
       </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId59">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. February 6, 2024.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 2025, 89th Leg., R.S., Ch. 478 (S.B. </w:t>
       </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId60">
         <w:r>
           <w:rPr>