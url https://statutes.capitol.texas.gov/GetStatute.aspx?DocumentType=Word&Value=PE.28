--- v0 (2025-10-25)
+++ v1 (2025-12-10)
@@ -4271,51 +4271,51 @@
       <w:r>
         <w:t xml:space="preserve">ENHANCED PENALTY FOR CERTAIN MISDEMEANORS OR STATE JAIL FELONIES.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The punishment for an offense under this chapter that is punishable as a misdemeanor or a state jail felony is increased to the punishment for a felony of the third degree if it is shown on the trial of the offense that the actor committed the offense in the course of committing an offense under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">20.05</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(a)(2).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Added by Acts 2023, 88th Leg., 3rd C.S., Ch. 1 (S.B. </w:t>
+        <w:t xml:space="preserve">Added by Acts 2023, 88th Leg., 3rd C.S., Ch. 2 (S.B. </w:t>
       </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId37">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 7, eff. February 6, 2024.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidRPr="004B75FD" w:rsidR="003F3435" w:rsidSect="003F3435">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:headerReference w:type="first" r:id="rId10"/>
       <w:footerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="20160" w:code="5"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1080" w:left="1440" w:header="0" w:footer="1440" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>