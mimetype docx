--- v0 (2025-10-25)
+++ v1 (2025-12-10)
@@ -372,125 +372,50 @@
         <w:t xml:space="preserve">given solely to detect the commission of an offense;  or</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="2160"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(E)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">given by a person who by reason of advanced age is known by the actor to have a diminished capacity to make informed and rational decisions about the reasonable disposition of property.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...73 lines deleted...]
-        <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(4)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">"Appropriate" means:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="2160"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(A)</w:t>
       </w:r>
@@ -2274,73 +2199,64 @@
         <w:t xml:space="preserve">the actor was provided by a law enforcement agency with a facility in which to commit the offense or an opportunity to engage in conduct constituting the offense;  or</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(3)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">the actor was solicited to commit the offense by a peace officer, and the solicitation was of a type that would encourage a person predisposed to commit the offense to actually commit the offense, but would not encourage a person not predisposed to commit the offense to actually commit the offense.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...7 lines deleted...]
-        <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(e)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">Except as provided by Subsections (f) and (f-1), an offense under this section is:</w:t>
+        <w:t xml:space="preserve">Except as otherwise provided by this section, an offense under this section is:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">a Class C misdemeanor if the value of the property stolen is less than $100;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
@@ -2619,70 +2535,95 @@
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">copper; or</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="2880"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(iv)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">brass; or</w:t>
+        <w:t xml:space="preserve">brass;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="2160"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(G)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">the cost of replacing the property stolen is less than $30,000 and the property stolen is a catalytic converter; </w:t>
+        <w:t xml:space="preserve">the cost of replacing the property stolen is less than $30,000 and the property stolen is a catalytic converter; or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="2160"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(H)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">the value of the property stolen is less than $30,000 and the property was stolen in a disaster area and came into the actor's custody, possession, or control by virtue of the actor's status or purported status as a disaster volunteer, as that term is defined by Section </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">32.61</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(5)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">a felony of the third degree if the value of the property stolen is $30,000 or more but less than $150,000, or the property is:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="2160"/>
@@ -2840,968 +2781,368 @@
         <w:t xml:space="preserve">the value of the property stolen is less than $300,000 and the property stolen is an automated teller machine or the contents or components of an automated teller machine; or</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(7)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">a felony of the first degree if the value of the property stolen is $300,000 or more.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...21 lines deleted...]
-        <w:t xml:space="preserve">Except as otherwise provided by this section, an offense under this section is:</w:t>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(f)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">An offense described for purposes of punishment by Subsections (e)(1)-(6) is increased to the next higher category of offense if it is shown on the trial of the offense that:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">a Class C misdemeanor if the value of the property stolen is less than $100;</w:t>
+        <w:t xml:space="preserve">the actor was a public servant at the time of the offense and the property appropriated came into the actor's custody, possession, or control by virtue of his status as a public servant;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(2)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">a Class B misdemeanor if:</w:t>
+        <w:t xml:space="preserve">the actor was in a contractual relationship with government at the time of the offense and the property appropriated came into the actor's custody, possession, or control by virtue of the contractual relationship;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="1440"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(3)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">the owner of the property appropriated was at the time of the offense:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="2160"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(A)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">the value of the property stolen is $100 or more but less than $750;</w:t>
+        <w:t xml:space="preserve">an elderly individual; or</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="2160"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(B)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">the value of the property stolen is less than $100 and the defendant has previously been convicted of any grade of theft; or</w:t>
+        <w:t xml:space="preserve">a nonprofit organization;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="1440"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(4)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">the actor was a Medicare provider in a contractual relationship with the federal government at the time of the offense and the property appropriated came into the actor's custody, possession, or control by virtue of the contractual relationship; or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="1440"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(5)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">during the commission of the offense, the actor intentionally, knowingly, or recklessly:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="2160"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
+        <w:t xml:space="preserve">(A)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">caused a fire exit alarm to sound or otherwise become activated;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="2160"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(B)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">deactivated or otherwise prevented a fire exit alarm or retail theft detector from sounding; or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="2160"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">(C)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">the property stolen is a driver's license, commercial driver's license, or personal identification certificate issued by this state or another state;</w:t>
-[...486 lines deleted...]
-        <w:t xml:space="preserve">An offense described for purposes of punishment by Subsections (e)(1)-(6) is increased to the next higher category of offense if it is shown on the trial of the offense that:</w:t>
+        <w:t xml:space="preserve">used a shielding or deactivation instrument to prevent or attempt to prevent detection of the offense by a retail theft detector.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(f-1)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">An offense described for purposes of punishment by Subsections (e)(4)-(6) is increased to the next higher category of offense if it is shown on the trial of the offense that:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">the actor was a public servant at the time of the offense and the property appropriated came into the actor's custody, possession, or control by virtue of his status as a public servant;</w:t>
+        <w:t xml:space="preserve">the property stolen is a catalytic converter; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(2)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">the actor was in a contractual relationship with government at the time of the offense and the property appropriated came into the actor's custody, possession, or control by virtue of the contractual relationship;</w:t>
-[...161 lines deleted...]
-        <w:t xml:space="preserve">(f-1)</w:t>
+        <w:t xml:space="preserve">the actor possessed a firearm during the commission of the offense.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(f-2)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">An offense described for purposes of punishment by Subsections (e)(4)-(6) is increased to the next higher category of offense if it is shown on the trial of the offense that:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">the property stolen is a catalytic converter; and</w:t>
+        <w:t xml:space="preserve">the property stolen was copper or brass; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(2)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">the actor possessed a firearm during the commission of the offense.</w:t>
-[...55 lines deleted...]
-      <w:r>
         <w:t xml:space="preserve">the actor committed the offense by unlawfully appropriating the property from a critical infrastructure facility or from equipment or communication wires appurtenant to or connected to the facility or on which the facility depends to properly function, regardless of whether the equipment or communication wires are enclosed by a fence or other barrier.</w:t>
-      </w:r>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Text of subsection effective on December 04, 2025</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(f-3)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The increase in the punishment provided by Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">12.50</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> for an offense under this section does not apply if the penalty described by Subsection (e)(4)(H) applies.</w:t>
@@ -12080,59 +11421,50 @@
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 2025, 89th Leg., R.S., Ch. 319 (S.B. </w:t>
       </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId68">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1646</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.05, eff. May 30, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-    </w:p>
-[...7 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Sec. 31.23.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">REAL PROPERTY THEFT.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>