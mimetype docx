--- v0 (2025-10-27)
+++ v1 (2025-12-18)
@@ -80,51 +80,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER A.  GENERAL PROVISIONS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 3851.001.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">3851.001.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DEFINITIONS.  In this chapter:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -207,102 +213,114 @@
       <w:hyperlink w:docLocation="table" r:id="rId14">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4085</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. June 15, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 3851.002.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">3851.002.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CREATION AND NATURE OF DISTRICT.  The Triple Creek Municipal Management District is a special district created under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">59</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, Article XVI, Texas Constitution.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 2007, 80th Leg., R.S., Ch. 794 (H.B. </w:t>
       </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId15">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4085</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. June 15, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 3851.003.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">3851.003.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PURPOSE; LEGISLATIVE FINDINGS.  (a)  The creation of the district is essential to accomplish the purposes of Sections </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">52-a</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, Article III, and Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">59</w:t>
       </w:r>
@@ -376,51 +394,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId16">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4085</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. June 15, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 3851.004.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">3851.004.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">FINDINGS OF BENEFIT AND PUBLIC PURPOSE.  (a)  The district is created to serve a public use and benefit.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -489,51 +513,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId17">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4085</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. June 15, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 3851.005.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">3851.005.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DISTRICT TERRITORY.  (a)  The district is composed of the territory described by Section 2 of the Act enacting this chapter, as that territory may have been modified under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">3851.106</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
@@ -635,51 +665,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId18">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4085</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. June 15, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 3851.006.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">3851.006.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">APPLICABILITY OF MUNICIPAL MANAGEMENT DISTRICTS LAW.  Except as otherwise provided by this chapter, Chapter </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">375</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, Local Government Code, applies to the district.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 2007, 80th Leg., R.S., Ch. 794 (H.B. </w:t>
       </w:r>
@@ -701,141 +737,159 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER B.  BOARD OF DIRECTORS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 3851.051.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">3851.051.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">GOVERNING BODY; TERMS.  The district is governed by a board of five directors who serve staggered terms of four years, with two or three directors' terms expiring November 30 of each even-numbered year.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 2007, 80th Leg., R.S., Ch. 794 (H.B. </w:t>
       </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId20">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4085</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. June 15, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 3851.052.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">3851.052.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ELECTION DATE.  The board shall hold elections for directors on the uniform election date in November in even-numbered years.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 2007, 80th Leg., R.S., Ch. 794 (H.B. </w:t>
       </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId21">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4085</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. June 15, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 3851.053.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">3851.053.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ELIGIBILITY.  To be qualified to serve as a director, a person must be at least 18 years of age and:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -893,102 +947,114 @@
       <w:hyperlink w:docLocation="table" r:id="rId22">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4085</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. June 15, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 3851.054.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">3851.054.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">VACANCY.  The remaining directors shall fill a vacancy on the board by appointing a person who meets the qualifications prescribed by Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">3851.053</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 2007, 80th Leg., R.S., Ch. 794 (H.B. </w:t>
       </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId23">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4085</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. June 15, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 3851.055.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">3851.055.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DISTRICT CONFIRMATION ELECTION.  (a)  As soon as practicable after all initial directors have qualified for office, the board shall hold an organizational meeting and call a confirmation election to be held not later than the second uniform election date occurring after the date of the organizational meeting.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -1206,51 +1272,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER C.  POWERS AND DUTIES</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 3851.101.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">3851.101.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">GENERAL POWERS AND DUTIES.  The district has the powers and duties provided by:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -1411,51 +1483,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId26">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1969</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 21.044, eff. September 1, 2009.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 3851.102.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">3851.102.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">IMPROVEMENT PROJECTS.  (a)  The district may provide, or it may enter into contracts with a governmental or private entity to provide, improvement projects or activities in support of or incidental to district projects authorized under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">3851.101</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
@@ -1563,51 +1641,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId27">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4085</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. June 15, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 3851.103.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">3851.103.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">GENERAL POWERS REGARDING CONTRACTS.  (a)  The district may:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -1703,51 +1787,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId28">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4085</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. June 15, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 3851.104.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">3851.104.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">RULES; ENFORCEMENT.  (a)  The district may adopt and enforce rules:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -1824,51 +1914,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId29">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4085</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. June 15, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 3851.105.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">3851.105.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">NAME CHANGE.  The board by resolution may change the district's name.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The board shall give written notice of the change to the city.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -1878,51 +1974,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId30">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4085</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. June 15, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 3851.106.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">3851.106.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ADDING OR REMOVING TERRITORY.  The board may add or remove territory under Subchapter </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">J</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, Chapter </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, and Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">54.016</w:t>
       </w:r>
@@ -2069,51 +2171,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER D.  GENERAL FINANCIAL PROVISIONS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 3851.151.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">3851.151.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">GENERAL POWERS REGARDING FINANCIAL MATTERS.  The district may:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -2322,51 +2430,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId32">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4085</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. June 15, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 3851.152.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">3851.152.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">IMPACT FEES AND ASSESSMENTS; EXEMPTION.  (a)  The district may impose an impact fee or assessment on property in the district, including an impact fee or assessment on residential or commercial property, only in the manner provided by Subchapter </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, Chapter </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">372</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, or Subchapter F, Chapter </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">375</w:t>
       </w:r>
@@ -2581,51 +2695,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId33">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4085</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. June 15, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 3851.153.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">3851.153.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">MAINTENANCE AND OPERATION TAX; ELECTION.  (a)  The district may impose a tax for maintenance and operation purposes, including for:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -2739,51 +2859,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId34">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4085</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. June 15, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 3851.154.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">3851.154.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">BONDS AND OTHER OBLIGATIONS; MUNICIPAL APPROVAL.  (a)  The district may issue by competitive bid or negotiated sale bonds, notes, or other obligations payable wholly or partly from ad valorem taxes or assessments in the manner provided by Subchapter </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, Chapter </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">372</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, or Subchapter J, Chapter </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">375</w:t>
       </w:r>
@@ -2934,96 +3060,108 @@
       <w:hyperlink w:docLocation="table" r:id="rId35">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4085</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. June 15, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 3851.155.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">3851.155.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">BOND MATURITY.  Bonds may mature not more than 40 years from their date of issue.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 2007, 80th Leg., R.S., Ch. 794 (H.B. </w:t>
       </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId36">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4085</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. June 15, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 3851.156.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">3851.156.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">TAXES FOR BONDS AND OTHER OBLIGATIONS.  (a)  At the time bonds or other obligations payable wholly or partly from ad valorem taxes are issued:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -3184,51 +3322,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER E.  DISSOLUTION</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 3851.201.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">3851.201.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DISSOLUTION.  (a)  The city by ordinance adopted by a two-thirds majority vote of its governing body may dissolve the district.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>