--- v0 (2025-10-20)
+++ v1 (2025-12-14)
@@ -1915,945 +1915,815 @@
       </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId39">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4638</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 3(a), eff. January 1, 2022.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">For expiration of this section, see Subsection (c).</w:t>
-      </w:r>
+        <w:t xml:space="preserve">SUBCHAPTER C.  POWERS AND DUTIES</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 3992.0205.</w:t>
-[...27 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">Sec. 3992.0301.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">GENERAL POWERS AND DUTIES.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">The district has the powers and duties necessary to accomplish the purposes for which the district is created.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Added by Acts 2021, 87th Leg., R.S., Ch. 988 (H.B. </w:t>
+      </w:r>
+      <w:hyperlink w:docLocation="table" r:id="rId40">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>4605</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">), Sec. 1, eff. June 18, 2021.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Added by Acts 2021, 87th Leg., R.S., Ch. 990 (H.B. </w:t>
+      </w:r>
+      <w:hyperlink w:docLocation="table" r:id="rId41">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>4638</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">), Sec. 3(a), eff. January 1, 2022.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">(b)</w:t>
-[...9 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">Sec. 3992.0302.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">IMPROVEMENT PROJECTS AND SERVICES.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">The district may provide, design, construct, acquire, improve, relocate, operate, maintain, or finance an improvement project or service using money available to the district for the purpose, or contract with a governmental or private entity to provide, design, construct, acquire, improve, relocate, operate, maintain, or finance an improvement project or service authorized under this chapter or Chapter </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">375</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, Local Government Code.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Added by Acts 2021, 87th Leg., R.S., Ch. 988 (H.B. </w:t>
+      </w:r>
+      <w:hyperlink w:docLocation="table" r:id="rId42">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>4605</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">), Sec. 1, eff. June 18, 2021.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Added by Acts 2021, 87th Leg., R.S., Ch. 990 (H.B. </w:t>
+      </w:r>
+      <w:hyperlink w:docLocation="table" r:id="rId43">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>4638</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">), Sec. 3(a), eff. January 1, 2022.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">(c)</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">This section expires September 1, 2025.</w:t>
+        <w:t xml:space="preserve">Sec. 3992.0303.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">LOCATION OF IMPROVEMENT PROJECT.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">A district improvement project may be located inside or outside of the district.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 2021, 87th Leg., R.S., Ch. 988 (H.B. </w:t>
       </w:r>
-      <w:hyperlink w:docLocation="table" r:id="rId40">
+      <w:hyperlink w:docLocation="table" r:id="rId44">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4605</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. June 18, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 2021, 87th Leg., R.S., Ch. 990 (H.B. </w:t>
       </w:r>
-      <w:hyperlink w:docLocation="table" r:id="rId41">
+      <w:hyperlink w:docLocation="table" r:id="rId45">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4638</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 3(a), eff. January 1, 2022.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Sec. 3992.0304.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">NO EMINENT DOMAIN.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">The district may not exercise the power of eminent domain.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Added by Acts 2021, 87th Leg., R.S., Ch. 988 (H.B. </w:t>
+      </w:r>
+      <w:hyperlink w:docLocation="table" r:id="rId46">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>4605</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">), Sec. 1, eff. June 18, 2021.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Added by Acts 2021, 87th Leg., R.S., Ch. 990 (H.B. </w:t>
+      </w:r>
+      <w:hyperlink w:docLocation="table" r:id="rId47">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>4638</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">), Sec. 3(a), eff. January 1, 2022.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">SUBCHAPTER C.  POWERS AND DUTIES</w:t>
+        <w:t xml:space="preserve">SUBCHAPTER D.  GENERAL FINANCIAL PROVISIONS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 3992.0301.</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">The district has the powers and duties necessary to accomplish the purposes for which the district is created.</w:t>
+        <w:t xml:space="preserve">Sec. 3992.0401.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">DISBURSEMENTS AND TRANSFERS OF MONEY.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">The board by resolution shall establish the number of directors' signatures and the procedure required for a disbursement or transfer of the district's money.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 2021, 87th Leg., R.S., Ch. 988 (H.B. </w:t>
       </w:r>
-      <w:hyperlink w:docLocation="table" r:id="rId42">
+      <w:hyperlink w:docLocation="table" r:id="rId48">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4605</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. June 18, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 2021, 87th Leg., R.S., Ch. 990 (H.B. </w:t>
       </w:r>
-      <w:hyperlink w:docLocation="table" r:id="rId43">
+      <w:hyperlink w:docLocation="table" r:id="rId49">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4638</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 3(a), eff. January 1, 2022.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 3992.0302.</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">The district may provide, design, construct, acquire, improve, relocate, operate, maintain, or finance an improvement project or service using money available to the district for the purpose, or contract with a governmental or private entity to provide, design, construct, acquire, improve, relocate, operate, maintain, or finance an improvement project or service authorized under this chapter or Chapter </w:t>
+        <w:t xml:space="preserve">Sec. 3992.0402.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">MONEY USED FOR IMPROVEMENTS OR SERVICES.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">The district may acquire, construct, or finance an improvement project or service authorized by this chapter or Chapter </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">375</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">, Local Government Code.</w:t>
+        <w:t xml:space="preserve">, Local Government Code, using any money available to the district for that purpose.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 2021, 87th Leg., R.S., Ch. 988 (H.B. </w:t>
       </w:r>
-      <w:hyperlink w:docLocation="table" r:id="rId44">
+      <w:hyperlink w:docLocation="table" r:id="rId50">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4605</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. June 18, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 2021, 87th Leg., R.S., Ch. 990 (H.B. </w:t>
       </w:r>
-      <w:hyperlink w:docLocation="table" r:id="rId45">
+      <w:hyperlink w:docLocation="table" r:id="rId51">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4638</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 3(a), eff. January 1, 2022.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">SUBCHAPTER E.  TAXES AND BONDS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 3992.0303.</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">A district improvement project may be located inside or outside of the district.</w:t>
+        <w:t xml:space="preserve">Sec. 3992.0501.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">OPERATION AND MAINTENANCE TAX.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">The district may impose an operation and maintenance tax on taxable property in the district for any district purpose in the manner provided by Section </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">49.107</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, Water Code, if authorized by a majority of the district voters voting at an election held in accordance with the Water Code, the Election Code, and any other applicable law, including for:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="1440"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(1)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">maintaining and operating the district;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="1440"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(2)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">constructing or acquiring improvements; or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="1440"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(3)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">providing a service.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 2021, 87th Leg., R.S., Ch. 988 (H.B. </w:t>
       </w:r>
-      <w:hyperlink w:docLocation="table" r:id="rId46">
+      <w:hyperlink w:docLocation="table" r:id="rId52">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4605</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. June 18, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 2021, 87th Leg., R.S., Ch. 990 (H.B. </w:t>
       </w:r>
-      <w:hyperlink w:docLocation="table" r:id="rId47">
+      <w:hyperlink w:docLocation="table" r:id="rId53">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4638</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 3(a), eff. January 1, 2022.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 3992.0304.</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">The district may not exercise the power of eminent domain.</w:t>
+        <w:t xml:space="preserve">Sec. 3992.0502.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">TAXES FOR BONDS AND OTHER OBLIGATIONS.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">At the time bonds or other obligations payable wholly or partly from ad valorem taxes are issued:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="1440"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(1)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">the board shall impose a continuing direct annual ad valorem tax for each year that all or part of the bonds are outstanding; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="1440"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(2)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">the board annually shall impose an ad valorem tax on all taxable property in the district in an amount sufficient to:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="2160"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(A)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">pay the interest on the bonds or other obligations as the interest becomes due; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="2160"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(B)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">create a sinking fund for the payment of the principal of the bonds or other obligations when due or the redemption price at any earlier required redemption date.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 2021, 87th Leg., R.S., Ch. 988 (H.B. </w:t>
       </w:r>
-      <w:hyperlink w:docLocation="table" r:id="rId48">
+      <w:hyperlink w:docLocation="table" r:id="rId54">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4605</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. June 18, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 2021, 87th Leg., R.S., Ch. 990 (H.B. </w:t>
       </w:r>
-      <w:hyperlink w:docLocation="table" r:id="rId49">
-[...319 lines deleted...]
-      </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId55">
-        <w:r>
-[...148 lines deleted...]
-      <w:hyperlink w:docLocation="table" r:id="rId57">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4638</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 3(a), eff. January 1, 2022.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidRPr="004B75FD" w:rsidR="003F3435" w:rsidSect="003F3435">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:headerReference w:type="first" r:id="rId10"/>
       <w:footerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="20160" w:code="5"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1080" w:left="1440" w:header="0" w:footer="1440" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
@@ -3749,51 +3619,51 @@
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="000C687B"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId13" /><Relationship Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB04605F.HTM" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB04638F.HTM" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB04605F.HTM" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB04638F.HTM" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB04605F.HTM" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB04638F.HTM" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB04605F.HTM" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB04638F.HTM" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB04605F.HTM" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB04638F.HTM" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB04605F.HTM" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB04638F.HTM" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB04605F.HTM" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB04638F.HTM" TargetMode="External" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB04605F.HTM" TargetMode="External" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB04638F.HTM" TargetMode="External" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB04605F.HTM" TargetMode="External" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB04638F.HTM" TargetMode="External" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB04605F.HTM" TargetMode="External" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB04638F.HTM" TargetMode="External" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB04605F.HTM" TargetMode="External" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB04638F.HTM" TargetMode="External" Id="rId35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB04605F.HTM" TargetMode="External" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB04638F.HTM" TargetMode="External" Id="rId37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB04605F.HTM" TargetMode="External" Id="rId38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB04638F.HTM" TargetMode="External" Id="rId39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB04605F.HTM" TargetMode="External" Id="rId40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB04638F.HTM" TargetMode="External" Id="rId41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB04605F.HTM" TargetMode="External" Id="rId42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB04638F.HTM" TargetMode="External" Id="rId43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB04605F.HTM" TargetMode="External" Id="rId44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB04638F.HTM" TargetMode="External" Id="rId45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB04605F.HTM" TargetMode="External" Id="rId46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB04638F.HTM" TargetMode="External" Id="rId47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB04605F.HTM" TargetMode="External" Id="rId48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB04638F.HTM" TargetMode="External" Id="rId49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB04605F.HTM" TargetMode="External" Id="rId50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB04638F.HTM" TargetMode="External" Id="rId51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB04605F.HTM" TargetMode="External" Id="rId52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB04638F.HTM" TargetMode="External" Id="rId53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB04605F.HTM" TargetMode="External" Id="rId54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB04638F.HTM" TargetMode="External" Id="rId55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB04605F.HTM" TargetMode="External" Id="rId56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB04638F.HTM" TargetMode="External" Id="rId57" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId13" /><Relationship Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB04605F.HTM" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB04638F.HTM" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB04605F.HTM" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB04638F.HTM" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB04605F.HTM" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB04638F.HTM" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB04605F.HTM" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB04638F.HTM" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB04605F.HTM" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB04638F.HTM" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB04605F.HTM" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB04638F.HTM" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB04605F.HTM" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB04638F.HTM" TargetMode="External" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB04605F.HTM" TargetMode="External" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB04638F.HTM" TargetMode="External" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB04605F.HTM" TargetMode="External" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB04638F.HTM" TargetMode="External" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB04605F.HTM" TargetMode="External" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB04638F.HTM" TargetMode="External" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB04605F.HTM" TargetMode="External" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB04638F.HTM" TargetMode="External" Id="rId35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB04605F.HTM" TargetMode="External" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB04638F.HTM" TargetMode="External" Id="rId37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB04605F.HTM" TargetMode="External" Id="rId38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB04638F.HTM" TargetMode="External" Id="rId39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB04605F.HTM" TargetMode="External" Id="rId40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB04638F.HTM" TargetMode="External" Id="rId41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB04605F.HTM" TargetMode="External" Id="rId42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB04638F.HTM" TargetMode="External" Id="rId43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB04605F.HTM" TargetMode="External" Id="rId44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB04638F.HTM" TargetMode="External" Id="rId45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB04605F.HTM" TargetMode="External" Id="rId46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB04638F.HTM" TargetMode="External" Id="rId47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB04605F.HTM" TargetMode="External" Id="rId48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB04638F.HTM" TargetMode="External" Id="rId49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB04605F.HTM" TargetMode="External" Id="rId50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB04638F.HTM" TargetMode="External" Id="rId51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB04605F.HTM" TargetMode="External" Id="rId52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB04638F.HTM" TargetMode="External" Id="rId53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB04605F.HTM" TargetMode="External" Id="rId54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB04638F.HTM" TargetMode="External" Id="rId55" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>