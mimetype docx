--- v0 (2025-11-07)
+++ v1 (2025-12-17)
@@ -787,51 +787,57 @@
         <w:t xml:space="preserve">any other information required by the department.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 1997, 75th Leg., ch. 165, Sec. 30.161(a), eff. Sept. 1, 1997.  Amended by Acts 1999, 76th Leg., ch. 62, Sec. 17.37(c), eff. Sept. 1, 1999;  Acts 1999, 76th Leg., ch. 999, Sec. 2, eff. Sept. 1, 1999;  Acts 2001, 77th Leg., ch. 1498, Sec. 3, eff. Sept. 1, 2001.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 706.005.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">706.005.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CLEARANCE NOTICE TO DEPARTMENT.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A political subdivision shall immediately notify the department that there is no cause to continue to deny renewal of a person's driver's license based on the person's previous failure to appear or failure to pay or satisfy a judgment ordering the payment of a fine and cost in the manner ordered by the court in a matter involving an offense described by Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">706.002</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(a), on payment of a reimbursement fee, or on a finding by the court that the person is indigent and not required to pay a reimbursement fee, as provided by Section </w:t>
       </w:r>
@@ -1184,51 +1190,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId19">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>291</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 9, eff. September 1, 2023.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 706.006.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">706.006.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PAYMENT OF REIMBURSEMENT FEE.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Except as provided by Subsection (d), a person who fails to appear for a complaint or citation for an offense described by Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">706.002</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(a) shall be required to pay a reimbursement fee of $10 for each complaint or citation reported to the department under this chapter, unless:</w:t>
       </w:r>
@@ -1714,51 +1726,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId22">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>346</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.78, eff. January 1, 2020.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 706.007.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">706.007.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DISPOSITION OF FEES.  (a)  An officer collecting a reimbursement fee under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">706.006</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> shall remit the money to the municipal or county treasurer, as applicable.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>