--- v0 (2025-10-21)
+++ v1 (2025-12-06)
@@ -8791,51 +8791,51 @@
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(c)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This section expires September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">(Added Nov. 7, 2023, subject to resolution of an election contest under Chapter 233, Election Code, pending as of Feb. 1, 2024; expires Sept. 1, 2025.)</w:t>
+        <w:t xml:space="preserve">(Added Nov. 7, 2023; expires Sept. 1, 2025.)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Sec.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">68.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>