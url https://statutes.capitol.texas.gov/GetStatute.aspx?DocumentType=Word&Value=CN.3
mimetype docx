--- v0 (2025-10-07)
+++ v1 (2025-12-06)
@@ -9008,51 +9008,51 @@
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(2)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">for a state fiscal year beginning on or after September 1, 2024, the amount determined under this subsection for the preceding state fiscal year adjusted by the increase, if any, in the general price level during the preceding state fiscal year, as determined by the comptroller of public accounts on the basis of changes in the consumer price index published by the Bureau of Labor Statistics of the United States Department of Labor or a successor agency and not to exceed two percent per state fiscal year.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">(Added Nov. 8, 1988; Subsec. (p) expired Sept. 2, 1989; Subsecs. (i) and (j) amended Nov. 7, 1995; Subsecs. (c), (d), and (e) amended and Subsecs. (c-1) and (c-2) added Nov. 4, 2014; Subsecs. (p) and (q) added Nov. 7, 2023, subject to resolution of an election contest under Chapter 233, Election Code, pending as of Feb. 1, 2024.)</w:t>
+        <w:t xml:space="preserve">(Added Nov. 8, 1988; Subsec. (p) expired Sept. 2, 1989; Subsecs. (i) and (j) amended Nov. 7, 1995; Subsecs. (c), (d), and (e) amended and Subsecs. (c-1) and (c-2) added Nov. 4, 2014; Subsecs. (p) and (q) added Nov. 7, 2023.)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Sec.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -11260,51 +11260,51 @@
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(2)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">an appropriation of state tax revenues for the purpose of depositing money to the credit of the Texas energy fund is treated as if it were an appropriation of revenues dedicated by this constitution.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">(Added Nov. 7, 2023, subject to resolution of an election contest under Chapter 233, Election Code, pending as of Feb. 1, 2024.)</w:t>
+        <w:t xml:space="preserve">(Added Nov. 7, 2023.)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Sec.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">50.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>