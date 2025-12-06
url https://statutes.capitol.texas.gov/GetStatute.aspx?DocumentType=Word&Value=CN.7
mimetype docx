--- v0 (2025-10-07)
+++ v1 (2025-12-06)
@@ -30,157 +30,145 @@
 <w:document xmlns:l="urn::tlc.state.tx.us.salsa.legdoc" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:l="urn::tlc.state.tx.us.salsa.legdoc">
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">THE TEXAS CONSTITUTION</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">ARTICLE 7. EDUCATION</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">THE PUBLIC FREE SCHOOLS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Sec.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">1.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">SUPPORT AND MAINTENANCE OF SYSTEM OF PUBLIC FREE SCHOOLS.  A general diffusion of knowledge being essential to the preservation of the liberties and rights of the people, it shall be the duty of the Legislature of the State to establish and make suitable provision for the support and maintenance of an efficient system of public free schools.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(Feb. 15, 1876.)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Sec.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">2.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PERMANENT SCHOOL FUND.  All funds, lands and other property heretofore set apart and appropriated for the support of public schools; all the alternate sections of land reserved by the State out of grants heretofore made or that may hereafter be made to railroads or other corporations of any nature whatsoever; one half of the public domain of the State; and all sums of money that may come to the State from the sale of any portion of the same, shall constitute a permanent school fund.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(Feb. 15, 1876. Amended Nov. 8, 2011)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Sec.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">2A.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">RELEASE OF STATE CLAIM TO CERTAIN LANDS AND MINERALS WITHIN SHELBY, FRAZIER, AND MCCORMICK LEAGUE AND IN BASTROP COUNTY.  (a)  The State of Texas hereby relinquishes and releases any claim of sovereign ownership or title to an undivided one-third interest in and to the lands and minerals within the Shelby, Frazier, and McCormick League (now located in Fort Bend and Austin counties) arising out of the interest in that league originally granted under the Mexican Colonization Law of 1823 to John McCormick on or about July 24, 1824, and subsequently voided by the governing body of Austin's Original Colony on or about December 15, 1830.</w:t>
       </w:r>
@@ -310,53 +298,50 @@
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This section is self-executing.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(Added Nov. 2, 1993; amended Nov. 6, 2001.)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Sec.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">2B.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">AUTHORITY TO RELEASE STATE'S INTEREST IN CERTAIN PERMANENT SCHOOL FUND LAND HELD BY PERSON UNDER COLOR OF TITLE.  (a)  The legislature by law may provide for the release of all or part of the state's interest in land, excluding mineral rights, if:</w:t>
       </w:r>
@@ -619,53 +604,50 @@
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">change the mineral reservation in an existing patent.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(Added Nov. 6, 2001; Subsec. (d) expired Jan. 2, 2002.)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Sec.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">2C.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">RELEASE OF STATE CLAIM TO CERTAIN LANDS IN UPSHUR AND SMITH COUNTIES.  (a)  Except as provided by Subsection (b) of this section, the State of Texas relinquishes and releases any claim of sovereign ownership or title to an interest in and to the tracts of land, including mineral rights, described as follows:</w:t>
       </w:r>
@@ -795,53 +777,50 @@
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This section is self-executing.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(Added Nov. 8, 2005.)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Sec.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">3.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">TAXES FOR BENEFIT OF SCHOOLS; PROVISION OF FREE TEXT BOOKS; SCHOOL DISTRICTS.  (a)</w:t>
       </w:r>
@@ -920,225 +899,210 @@
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The Legislature shall be authorized to pass laws for the assessment and collection of taxes in all school districts and for the management and control of the public school or schools of such districts, whether such districts are composed of territory wholly within a county or in parts of two or more counties, and the Legislature may authorize an additional ad valorem tax to be levied and collected within all school districts for the further maintenance of public free schools, and for the erection and equipment of school buildings therein; provided that a majority of the qualified voters of the district voting at an election to be held for that purpose, shall approve the tax.  </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(Feb. 15, 1876. Amended Aug. 14, 1883, Nov. 3, 1908, Aug. 3, 1909, Nov. 5, 1918, Nov. 2, 1920, Nov. 2, 1926, and Nov. 2, 1999.)  (TEMPORARY TRANSITION PROVISIONS for Sec. 3: See Appendix, Note 1.)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Sec.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">3a.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(Repealed Aug. 5, 1969.)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Sec.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">3-b.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">INDEPENDENT SCHOOL DISTRICT AND JUNIOR COLLEGE DISTRICT TAXES AND BONDS NOT AFFECTED BY CHANGES IN BOUNDARIES.  No tax for the maintenance of public free schools voted in any independent school district and no tax for the maintenance of a junior college voted by a junior college district, nor any bonds voted in any such district, but unissued, shall be abrogated, cancelled or invalidated by change of any kind in the boundaries thereof.  After any change in boundaries, the governing body of any such district, without the necessity of an additional election, shall have the power to assess, levy and collect ad valorem taxes on all taxable property within the boundaries of the district as changed, for the purposes of the maintenance of public free schools or the maintenance of a junior college, as the case may be, and the payment of principal of and interest on all bonded indebtedness outstanding against, or attributable, adjusted or allocated to, such district or any territory therein, in the amount, at the rate, or not to exceed the rate, and in the manner authorized in the district prior to the change in its boundaries, and further in accordance with the laws under which all such bonds, respectively, were voted; and such governing body also shall have the power, without the necessity of an additional election, to sell and deliver any unissued bonds voted in the district prior to any such change in boundaries, and to assess, levy and collect ad valorem taxes on all taxable property in the district as changed, for the payment of principal of and interest on such bonds in the manner permitted by the laws under which such bonds were voted.  In those instances where the boundaries of any such independent school district are changed by the  annexation of, or consolidation with, one or more whole school  districts, the taxes to be levied for the purposes hereinabove  authorized may be in the amount or at not to exceed the rate theretofore voted in the district having at the time of such change the greatest scholastic population according to the latest scholastic census and only the unissued bonds of such district voted prior to such change, may be subsequently sold and delivered and any voted, but unissued, bonds of other school districts involved in such annexation or consolidation shall not thereafter be issued.  </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(Added Nov. 6, 1962; amended Nov. 8, 1966.)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Sec.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">4.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">SALE OF PERMANENT SCHOOL FUND LANDS; INVESTMENT OF PROCEEDS.  The lands herein set apart to the Permanent School fund, shall be sold under such regulations, at such times, and on such terms as may be prescribed by law; and the Legislature shall not have power to grant any relief to purchasers thereof.  The proceeds of such sales must be used to acquire other land for the Permanent School fund as provided by law or the proceeds shall be invested by the comptroller of public accounts, as may be directed by the Board of Education herein provided for, in the bonds of the United States, the State of Texas, or counties in said State, or in such other securities, and under such restrictions as may be prescribed by law; and the State shall be responsible for all investments.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(Feb. 15, 1876. Amended Aug. 14, 1883, Nov. 5, 1985, Nov. 7, 1995, and Nov. 8, 2011.)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Sec.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">4A.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(Repealed Nov. 6, 2001.)  </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(TEMPORARY TRANSITION PROVISION for Sec. 4A: See Appendix, Note 3.)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Sec.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">4B.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DONATION OF REAL PROPERTY BY INDEPENDENT SCHOOL DISTRICT FOR HISTORICAL PRESERVATION.  (a)  The legislature by general law may authorize the board of trustees of an independent school district to donate district real property and improvements formerly used as a school campus for the purpose of preserving the improvements.</w:t>
       </w:r>
@@ -1211,53 +1175,50 @@
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">at the time of the transfer, the district does not need the real property or improvements for educational purposes.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(Added Nov. 6, 2001.)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Sec.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">5.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PERMANENT SCHOOL FUND AND AVAILABLE SCHOOL FUND: COMPOSITION, MANAGEMENT, USE, AND DISTRIBUTION.  (a)  The permanent school fund consists of all land appropriated for public schools by this constitution or the other laws of this state, other properties belonging to the permanent school fund, and all revenue derived from the land or other properties. The available school fund consists of the distributions made to it from the total return on all investment assets of the permanent school fund, the taxes authorized by this constitution or general law to be part of the available school fund, and appropriations made to the available school fund by the legislature. The total amount distributed from the permanent school fund to the available school fund:</w:t>
       </w:r>
@@ -1432,439 +1393,406 @@
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Notwithstanding any other provision of this constitution or of a statute, the State Board of Education, the General Land Office, or another entity that has responsibility for the management of revenues derived from permanent school fund land or other properties may, in its sole discretion and in addition to other distributions authorized under this constitution or a statute, distribute to the available school fund each year revenue derived during that year from the land or properties, not to exceed $600 million by each entity each year.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(Feb. 15, 1876. Amended Aug. 11, 1891, and Nov. 3, 1964; Subsec. (a) amended and (b) and (c) added Nov. 8, 1983; Subsec. (d) added Nov. 8, 1988; Subsec. (b) amended Nov. 7, 1989; Subsec. (a) amended, a new (b) added, a portion of (a) redesignated as (c), former (b) and (c) amended, former (b)-(d) redesignated as (d)-(f), and (g) and (h) added Sept. 13, 2003; former Subsec. (g) and Subsec. (h) expired Dec. 1, 2006; Subsec. (a) amended and current Subsec. (g) added Nov. 8, 2011; Subsec. (g) amended Nov. 5, 2019.)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Sec.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">6.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">COUNTY SCHOOL LANDS AND PROCEEDS OF SALES HELD AS SCHOOL TRUST.  All lands heretofore, or hereafter granted to the several counties of this State for educational purposes, are of right the property of said counties respectively, to which they were granted, and title thereto is vested in said counties, and no adverse possession or limitation shall ever be available against the title of any county.  Each county may sell or dispose of its lands in whole or in part, in manner to be provided by the Commissioners Court of the county.  Said lands, and the proceeds thereof, when sold, shall be held by said counties alone as a trust for the benefit of public schools therein; said proceeds to be invested in bonds of the United States, the State of Texas, or counties in said State, or in such other securities, and under such restrictions as may be prescribed by law; and the counties shall be responsible for all investments; the interest thereon, and other revenue, except the principal shall be available fund.  </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(Feb. 15, 1876. Amended Aug. 14, 1883, and Nov. 6, 2001.)  (TEMPORARY TRANSITION PROVISION for Sec. 6: See Appendix, Note 3.)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Sec.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">6a.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">COUNTY AGRICULTURAL OR GRAZING SCHOOL LAND SUBJECT TO TAX.  All agriculture or grazing school land  mentioned in Section 6 of this article owned by any county  shall be subject to taxation except for State purposes to the same extent as lands privately owned.  </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(Added Nov. 2, 1926.)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Sec.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">6b.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">COUNTY PERMANENT SCHOOL FUND: REDUCTION AND DISTRIBUTION.  Notwithstanding the provisions of Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, Article VII, Constitution of the State of Texas, any county, acting through the commissioners court, may reduce the county permanent school fund of that county and may distribute the amount of the reduction to the independent and common school districts of the county on a per scholastic basis to be used solely for the purpose of  reducing bonded indebtedness of those districts or for making permanent improvements.  The commissioners court shall, however, retain a sufficient amount of the corpus of the county permanent school fund to pay ad valorem taxes on school lands or royalty interests owned at the time of the distribution.  Nothing in this Section affects financial aid to any school district by the state.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(Added Nov. 7, 1972.)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Sec.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">7.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(Repealed Aug. 5, 1969.)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Sec.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">8.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">STATE BOARD OF EDUCATION.  The Legislature shall provide by law for a State Board of Education, whose members shall be appointed or elected in such manner and by such authority and shall serve for such terms as the  Legislature shall prescribe not to exceed six years.  The said board shall perform such duties as may be prescribed  by law.  </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(Feb. 15, 1876. Amended Nov. 6, 1928.)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">ASYLUMS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Sec.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">9.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(Repealed Nov. 6, 2001.)  </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(TEMPORARY TRANSITION PROVISION for Sec. 9: See Appendix, Note 3.)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Sec.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">9-a.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(Added Nov. 6, 2001; expired Jan. 1, 2005.)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">UNIVERSITY</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Sec.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">10.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ESTABLISHMENT OF UNIVERSITY OF TEXAS; AGRICULTURAL AND MECHANICAL DEPARTMENT.  The Legislature shall as soon as practicable establish, organize and provide for the maintenance, support and direction of a University of the first class, to be located by a vote of the people of this State, and styled, "The University of Texas", for the promotion of literature, and the arts and sciences, including an Agricultural, and Mechanical department.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(Feb. 15, 1876.)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Sec.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">11.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ESTABLISHMENT OF PERMANENT UNIVERSITY FUND; INVESTMENT IN GOVERNMENT BONDS.  In order to enable the Legislature to perform the duties set forth in the foregoing Section, it is hereby declared all lands and other property heretofore set apart and appropriated for the establishment and maintenance of the University of Texas, together with all the proceeds of sales of the same, heretofore made or hereafter to be made, and all grants, donations and appropriations that may hereafter be made by the State of Texas, or from any other source, except donations limited to specific purposes, shall constitute and become a Permanent University Fund.  And the same as realized and received into the Treasury of the State (together with such sums belonging to the Fund, as may now be in the Treasury), shall be invested in bonds of the United States, the State of Texas, or counties of said State, or in School Bonds of† municipalities, or in bonds of any city of this State, or in bonds issued under and by virtue of the Federal Farm Loan Act approved by the President of the United States, July 17, 1916, and amendments thereto; and the interest accruing thereon shall be subject to appropriation by the Legislature to accomplish the purpose declared in the foregoing Section; provided, that the one-tenth of the alternate Sections† of the lands granted to railroads, reserved by the State, which were set apart and appropriated to the establishment of the University of Texas, by an Act of the Legislature of February 11, 1858, entitled, "An Act to establish the University of Texas", shall not be included in, or constitute a part of, the Permanent University Fund.</w:t>
       </w:r>
@@ -1881,53 +1809,50 @@
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">† The language of this provision is identical to the language of the official legislative measure that originally proposed the provision. A digital image of the original text of the official enrolled measure can be found </w:t>
       </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId14">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Sec.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">11a.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">INVESTMENT OF PERMANENT UNIVERSITY FUND.  In addition to the bonds enumerated in Section </w:t>
       </w:r>
@@ -1992,145 +1917,136 @@
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">† The language of this provision is identical to the language of the official legislative measure that originally proposed the provision. A digital image of the original text of the official enrolled measure can be found </w:t>
       </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId15">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Sec.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">11b.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">EXPANDED INVESTMENT AUTHORITY FOR PERMANENT UNIVERSITY FUND.  Notwithstanding any other provision of this constitution, in managing the assets of the permanent university fund, the Board of Regents of The University of Texas System may acquire, exchange, sell, supervise, manage, or retain, through procedures and subject to restrictions it establishes and in amounts it considers appropriate, any kind of investment, including investments in the Texas growth fund created by Article XVI, Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">70</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, of this constitution, that prudent investors, exercising reasonable care, skill, and caution, would acquire or retain in light of the purposes, terms, distribution requirements, and other circumstances of the fund then prevailing, taking into consideration the investment of all the assets of the fund rather than a single investment.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(Added Nov. 8, 1988; amended Nov. 7, 1995, and Nov. 2, 1999.)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Sec.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">12.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">SALE OF PERMANENT UNIVERSITY FUND LANDS.  The land herein set apart to the University fund shall be sold under such regulations, at such times, and on such terms as may be provided by law; and the Legislature shall provide for the prompt collection, at maturity, of all debts due on account of University lands, heretofore sold, or that may hereafter be sold, and shall in neither event have the power to grant relief to the purchasers.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(Feb. 15, 1876.)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Sec.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">13.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">AGRICULTURAL AND MECHANICAL COLLEGE.  The Agricultural and Mechanical College of Texas, established by an act of the Legislature passed April 17th, 1871, located in the county of Brazos, is hereby made, and constituted a Branch of the University of Texas, for instruction in Agriculture, the Mechanic Arts, and the Natural Sciences connected therewith,† And the Legislature shall at its next session, make an appropriation, not to exceed forty thousand dollars, for the construction and completion of the buildings and improvements, and for providing the furniture necessary to put said College in immediate and successful operation.</w:t>
       </w:r>
@@ -2147,145 +2063,136 @@
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">† The language of this provision is identical to the language of the official legislative measure that originally proposed the provision. A digital image of the original text of the official enrolled measure can be found </w:t>
       </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId16">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Sec.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">14.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PRAIRIE VIEW A&amp;M UNIVERSITY.  Prairie View A&amp;M University in Waller County is an institution of the first class under the direction of the same governing board as Texas A&amp;M University referred to in Article VII, Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, of this constitution as the Agricultural and Mechanical College of Texas.  </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(Feb. 15, 1876. Amended Nov. 6, 1984.)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Sec.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">15.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">GRANT OF ADDITIONAL LANDS TO UNIVERSITY OF TEXAS.  In addition to the lands heretofore granted to the University of Texas, there is hereby set apart, and appropriated, for the endowment maintenance, and support of said University and its branches, one million acres of the unappropriated public domain of the State, to be designated, and surveyed as may be provided by law; and said lands shall be sold under the same regulations, and the proceeds invested in the same manner, as is provided for the sale and investment of the permanent University Fund; and the Legislature shall not have power to grant any relief to the purchasers of said lands.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(Feb. 15, 1876.)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Sec.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">16.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">COUNTY TAXATION OF CERTAIN UNIVERSITY OF TEXAS LANDS.  All land mentioned in Sections </w:t>
       </w:r>
@@ -2320,96 +2227,90 @@
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">† The language of this provision is identical to the language of the official legislative measure that originally proposed the provision. A digital image of the original text of the official enrolled measure can be found </w:t>
       </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId17">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Sec.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">16-a.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">TERMS OF OFFICE OF EDUCATIONAL OFFICERS.  The Legislature shall fix by law the terms of all offices of the public school system and of the State institutions of higher education, inclusive, and the terms of members of the respective boards, not to exceed six years.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(Added Nov. 6, 1928; amended Nov. 4, 1997.)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Sec.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">17.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">FUNDING TO SUPPORT AGENCIES AND INSTITUTIONS OF HIGHER EDUCATION NOT SUPPORTED BY AVAILABLE UNIVERSITY FUND.  (a)  In the fiscal year beginning September 1, 1985, and each fiscal year thereafter, there is hereby appropriated out of the first money coming into the state treasury not otherwise appropriated by the constitution $100 million to be used by eligible agencies and institutions of higher education for the purpose of acquiring land either with or without permanent improvements, constructing and equipping buildings or other permanent improvements, major repair or rehabilitation of buildings or other permanent improvements, acquisition of capital equipment, library books and library materials, and paying for acquiring, constructing, or equipping or for major repair or rehabilitation of buildings, facilities, other permanent improvements, or capital equipment used jointly for educational and general activities and for auxiliary enterprises to the extent of their use for educational and general activities.  For the five-year period that begins on September 1, 2000, and for each five-year period that begins after that period, the legislature, during a regular session that is nearest, but preceding, a five-year period, may by two-thirds vote of the membership of each house increase the amount of the constitutional appropriation for the five-year period but may not adjust the appropriation in such a way as to impair any obligation created by the issuance of bonds or notes in accordance with this section.</w:t>
       </w:r>
@@ -3179,53 +3080,50 @@
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This section is self-enacting upon the issuance of the governor's proclamation declaring the adoption of the amendment, and the state comptroller of public accounts shall do all things necessary to effectuate this section.  This section does not impair any obligation created by the issuance of any bonds and notes in accordance with prior law, and all outstanding bonds and notes shall be paid in full, both principal and interest, in accordance with their terms.  If the provisions of this section conflict with any other provisions of this constitution, then the provisions of this section shall prevail, notwithstanding all such conflicting provisions.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(Former Sec. 17 repealed Nov. 2, 1982; current Sec. 17 added Nov. 6, 1984; Subsecs. (a), (b), (e), (f), and (g) amended and (d-1) added Nov. 2, 1993; Subsec. (l) amended Nov.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">7, 1995; Subsec. (b) amended Nov. 6, 2007; Subsec. (i) repealed Nov. 3, 2009.)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Sec.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">18.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">FUNDING TO SUPPORT TEXAS A&amp;M UNIVERSITY SYSTEM AND UNIVERSITY OF TEXAS SYSTEM; AVAILABLE UNIVERSITY FUND.  (a)  The Board of Regents of The Texas A&amp;M University System may issue bonds and notes not to exceed a total amount of 10 percent of the cost value of the investments and other assets of the permanent university fund (exclusive of real estate) at the time of the issuance thereof, and may pledge all or any part of its one-third interest in the available university fund to secure the payment of the principal and interest of those bonds and notes, for the purpose of acquiring land either with or without permanent improvements, constructing and equipping buildings or other permanent improvements, major repair and rehabilitation of buildings and other permanent improvements, acquiring capital equipment and library books and library materials, and refunding bonds or notes issued under this Section or prior law, at or for The Texas A&amp;M University System administration and the following component institutions of the system:</w:t>
       </w:r>
@@ -3923,53 +3821,50 @@
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">† The language of this provision is identical to the language of the official legislative measure that originally proposed the provision. A digital image of the original text of the official enrolled measure can be found </w:t>
       </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId18">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Sec.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">19.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">TEXAS TOMORROW FUND.  (a)</w:t>
       </w:r>
@@ -4048,53 +3943,50 @@
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">To the extent this section conflicts with any other provision of this constitution, this section controls.  </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(Added Nov. 4, 1997.)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Sec.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">20.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">TEXAS UNIVERSITY FUND.  (a)  There is established the Texas University Fund for the purpose of providing a dedicated, independent, and equitable source of funding to enable emerging research universities in this state to achieve national prominence as major research universities. </w:t>
       </w:r>
@@ -4315,51 +4207,51 @@
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(2)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">an appropriation of state tax revenues for the purpose of depositing money to the credit of the fund is treated as if it were an appropriation of revenues dedicated by this constitution.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">(Added Nov. 3, 2009; Subsecs. (a) and (g) amended and (i) added Nov. 7, 2023, subject to resolution of an election contest under Chapter 233, Election Code, pending as of Feb. 1, 2024.)</w:t>
+        <w:t xml:space="preserve">(Added Nov. 3, 2009; Subsecs. (a) and (g) amended and (i) added Nov. 7, 2023.)</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidRPr="004B75FD" w:rsidR="003F3435" w:rsidSect="003F3435">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:headerReference w:type="first" r:id="rId10"/>
       <w:footerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="20160" w:code="5"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1080" w:left="1440" w:header="0" w:footer="1440" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w:rsidR="00A4038E" w:rsidRDefault="00A4038E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>