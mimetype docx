--- v0 (2025-10-07)
+++ v1 (2025-12-06)
@@ -2864,91 +2864,91 @@
       <w:r>
         <w:t xml:space="preserve">Sec.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">1-r.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">EXEMPTION FROM AD VALOREM TAXATION BY COUNTY OR MUNICIPALITY OF REAL PROPERTY USED FOR CHILD-CARE FACILITY.  The governing body of a county or municipality may exempt from ad valorem taxation all or part of the appraised value of real property used to operate a child-care facility.  The governing body may adopt the exemption as a percentage of the appraised value of the real property.  The percentage specified by the governing body may not be less than 50 percent.  The legislature by general law may define "child-care facility" for purposes of this section and may provide additional eligibility requirements for the exemption authorized by this section.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">(Added Nov. 7, 2023, subject to resolution of an election contest under Chapter 233, Election Code, pending as of Feb. 1, 2024.)</w:t>
+        <w:t xml:space="preserve">(Added Nov. 7, 2023.)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Sec.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">1-x.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">EXEMPTION FROM AD VALOREM TAXATION OF CERTAIN PROPERTY OF MEDICAL OR BIOMEDICAL PRODUCTS MANUFACTURER.  The legislature by general law may exempt from ad valorem taxation the tangible personal property held by a manufacturer of medical or biomedical products as a finished good or used in the manufacturing or processing of medical or biomedical products.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">(Added Nov. 7, 2023, subject to resolution of an election contest under Chapter 233, Election Code, pending as of Feb. 1, 2024.)</w:t>
+        <w:t xml:space="preserve">(Added Nov. 7, 2023.)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Sec.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">2.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>