--- v0 (2025-10-25)
+++ v1 (2025-12-18)
@@ -4617,51 +4617,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId52">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>25</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 28.0021.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">28.0021.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PERSONAL FINANCIAL LITERACY.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The Texas essential knowledge and skills and, as applicable, Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">28.025</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> shall include instruction in personal financial literacy, including instruction in methods of paying for college and other postsecondary education and training, in:</w:t>
       </w:r>
@@ -4851,51 +4857,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId57">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2662</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 3, eff. June 14, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 28.0022.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">28.0022.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CERTAIN INSTRUCTIONAL REQUIREMENTS AND PROHIBITIONS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">For any course or subject, including an innovative course, for a grade level from kindergarten through grade 12:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -5558,51 +5570,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId59">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>12</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 22, eff. September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 28.0023.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">28.0023.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CARDIOPULMONARY RESUSCITATION AND AUTOMATED EXTERNAL DEFIBRILLATOR INSTRUCTION.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Repealed by Acts 2013, 83rd Leg., R.S., Ch. 1269, Sec. 3, eff. June 14, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -5845,51 +5863,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId63">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4375</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 3, eff. June 11, 2023.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 28.0024.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">28.0024.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">SCHOOL-BASED SAVINGS PROGRAM.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A school district or open-enrollment charter school may establish a school-based savings program to facilitate increased awareness of the importance of saving for higher education and facilitate personal financial literacy instruction.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -6218,51 +6242,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId64">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>3987</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. June 20, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 28.0027.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">28.0027.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DISTRICT CURRICULUM SCOPE, SEQUENCE, AND INSTRUCTIONAL MATERIAL.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In adopting a recommended or designated scope and sequence or instructional materials for a subject in the required curriculum under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">28.002</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(a) in a particular grade level, a school district shall ensure sufficient time is provided for teachers to teach and students to learn the essential knowledge and skills for that subject and grade level.</w:t>
       </w:r>
@@ -9699,51 +9729,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId84">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>12</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 23, eff. September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 28.0043.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">28.0043.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">RESTRICTION ON INSTRUCTION REGARDING SEXUAL ORIENTATION AND GENDER IDENTITY.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A school district, open-enrollment charter school, or district or charter school employee may not provide or allow a third party to provide instruction, guidance, activities, or programming regarding sexual orientation or gender identity to students enrolled in prekindergarten through 12th grade.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -10136,51 +10172,57 @@
         <w:t xml:space="preserve">A school district may implement a dual language immersion program in a manner and at elementary grade levels consistent with rules adopted by the commissioner under this section.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 2001, 77th Leg., ch. 925, Sec. 2, eff. June 14, 2001.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 28.006.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">28.006.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">KINDERGARTEN READING READINESS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The commissioner shall develop recommendations for school districts for:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -11272,51 +11314,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId111">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 5.29(2), eff. June 20, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 28.0062.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">28.0062.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">READING STANDARDS FOR KINDERGARTEN THROUGH THIRD GRADE.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Each school district and open-enrollment charter school shall:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -11691,83 +11739,80 @@
       <w:hyperlink w:docLocation="table" r:id="rId115">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1605</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 10, eff. June 13, 2023.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 28.0063.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">28.0063.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">EARLY LITERACY AND NUMERACY INSTRUMENTS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The commissioner shall adopt a list of reading and mathematics instruments approved or developed by the commissioner for use by school districts in kindergarten through grade three to measure students' foundational literacy skills in reading development and comprehension and foundational numeracy skills in mathematics.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...7 lines deleted...]
-        <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A reading or mathematics instrument adopted under Subsection (a) must:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
@@ -11920,51 +11965,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">be capable of monitoring student progress in a manner that allows school district staff to identify specific foundational literacy or numeracy skills in need of targeted instruction;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(5)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">assess whether a student's skills identified as in need of targeted instruction indicate that the student is at risk, as determined by the agency, of not achieving satisfactory performance on the third grade reading or mathematics assessment administered under Section </w:t>
+        <w:t xml:space="preserve">assess whether a student's skills identified as in need of targeted instruction indicate that the student is at risk, as determined by the agency, of not achieving satisfactory performance on the third grade reading language arts or mathematics assessment administered under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">39.023</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(6)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">for a reading instrument for students in kindergarten and first grade, include the applicable elements and criteria to serve as the required screenings for dyslexia and related disorders under Section </w:t>
@@ -11976,589 +12021,285 @@
         <w:t xml:space="preserve">; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(7)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">for a reading instrument, allow a school district to generate a report regarding a student's reading progress, including progress from previous administrations of the same instrument, that is clear and easy to understand that may be distributed to the student's parent in English, Spanish, or, to the extent practicable, any other language spoken by the parent.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...21 lines deleted...]
-        <w:t xml:space="preserve">A reading or mathematics instrument adopted under Subsection (a) must:</w:t>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(c)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">The commissioner shall:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">be based on scientific research concerning, as applicable:</w:t>
-[...37 lines deleted...]
-        <w:t xml:space="preserve">foundational numeracy skills in mathematics;</w:t>
+        <w:t xml:space="preserve">update the list of reading and mathematics instruments adopted under Subsection (a) not less than once every four years;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(2)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">be capable of being administered at the beginning, middle, and end of the school year;</w:t>
+        <w:t xml:space="preserve">ensure the list adopted under Subsection (a) includes multiple reading and mathematics instruments;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(3)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">be designed to assess the performance of students in, as applicable:</w:t>
-[...49 lines deleted...]
-        <w:t xml:space="preserve"> for mathematics;</w:t>
+        <w:t xml:space="preserve">develop a process by which a school district may submit an instrument to the commissioner for approval; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(4)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">be capable of monitoring student progress in a manner that allows school district staff to identify specific foundational literacy or numeracy skills in need of targeted instruction;</w:t>
-[...18 lines deleted...]
-        <w:t xml:space="preserve">assess whether a student's skills identified as in need of targeted instruction indicate that the student is at risk, as determined by the agency, of not achieving satisfactory performance on the third grade reading language arts or mathematics assessment administered under Section </w:t>
+        <w:t xml:space="preserve">make publicly available the criteria for the evaluation and approval of an instrument submitted to the commissioner.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(d)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">The instruments adopted or approved under this section shall be administered as follows:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="1440"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(1)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">for kindergarten, at the middle and end of the school year;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="1440"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(2)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">for first and second grade, at the beginning, middle, and end of the school year; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="1440"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(3)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">for third grade, at the beginning and middle of the school year.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(e)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">The commissioner shall align and determine comparability of the instruments administered under this section with the following instruments:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="1440"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(1)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">an instrument adopted or approved under Section </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">28.006</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> that is administered to a kindergarten student at the beginning of the school year; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="1440"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(2)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">a third grade assessment instrument adopted or developed under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">39.023</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">;</w:t>
-[...282 lines deleted...]
-      <w:r>
         <w:t xml:space="preserve"> that is administered at the end of the school year for a third grade student.</w:t>
-      </w:r>
-[...41 lines deleted...]
-        <w:t xml:space="preserve">Text of subsection effective on December 04, 2025</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(f)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">If the commissioner determines that a beginning-of-year or middle-of-year assessment instrument adopted or developed under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">39.023</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> provides the same intended outcomes as an instrument adopted or approved under this section, the commissioner may substitute that beginning-of-year or middle-of-year assessment instrument for an instrument adopted or approved under this section.</w:t>
@@ -12929,51 +12670,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId117">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 4.004, eff. December 4, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 28.0064.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">28.0064.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">EARLY LITERACY INTERVENTION FOR CERTAIN STUDENTS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">If a student's results on two consecutive reading instruments administered under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">28.0063</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> indicate that the student is at risk, as determined by the agency, of not achieving satisfactory performance in foundational literacy, a school district shall, as soon as practicable following the receipt of the student's results, provide reading interventions to the student.</w:t>
       </w:r>
@@ -13526,51 +13273,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId118">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 5.10, eff. June 20, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 28.0065.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">28.0065.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ADAPTIVE VOCABULARY PILOT PROGRAM.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The agency shall develop and implement an adaptive vocabulary assessment pilot program to assess vocabulary development in students in kindergarten through third grade.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -13649,51 +13402,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId119">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 5.10, eff. June 20, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 28.0071.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">28.0071.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">MATHEMATICS TRAINING FOR KINDERGARTEN THROUGH THIRD GRADE.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Each school district and open-enrollment charter school shall ensure that:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -13848,51 +13607,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId120">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 5.10, eff. June 20, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 28.008.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">28.008.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ADVANCEMENT OF COLLEGE READINESS IN CURRICULUM.  (a)  To ensure that students are able to perform college-level course work at institutions of higher education, the commissioner of education and the commissioner of higher education shall establish vertical teams composed of public school educators and institution of higher education faculty.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -14251,51 +14016,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId124">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1613</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. June 19, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 28.009.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">28.009.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">COLLEGE CREDIT PROGRAM.  (a)  Each school district shall implement a program under which students may earn the equivalent of at least 12 semester credit hours of college credit in high school. On request, a public institution of higher education in this state shall assist a school district in developing and implementing the program. The college credit may be earned through:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -15815,51 +15586,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId147">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. June 9, 2023.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 28.0095.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">28.0095.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">FINANCIAL AID FOR SWIFT TRANSFER (FAST) PROGRAM.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In this section:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -16683,51 +16460,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId153">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 6.04, eff. June 20, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 28.010.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">28.010.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">NOTIFICATION REGARDING COLLEGE CREDIT AND WORK-BASED EDUCATION PROGRAMS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Each school year, a school district shall notify the parent of each district student enrolled in grade nine or above of:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -17013,51 +16796,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId157">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 4, eff. June 9, 2023.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 28.011.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">28.011.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ELECTIVE COURSES ON THE BIBLE'S HEBREW SCRIPTURES (OLD TESTAMENT) AND NEW TESTAMENT AND THEIR IMPACT ON THE HISTORY AND LITERATURE OF WESTERN CIVILIZATION.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A school district may offer to students in grade six or above:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -17480,51 +17269,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId160">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2681</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. June 15, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 28.0115.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">28.0115.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ELECTIVE COURSE ON NUTRITION AND WELLNESS.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Each school district and open-enrollment charter school offering a high school program shall provide an elective course in nutrition and wellness that meets the requirements for a one-half elective credit under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">28.025</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, using materials the State Board of Education approves.</w:t>
       </w:r>
@@ -17593,51 +17388,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId161">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>25</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 28.012.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">28.012.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">INSTRUCTION ON INTERACTION WITH LAW ENFORCEMENT.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In this section:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -17950,51 +17751,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId164">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1560</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 5.60, eff. September 1, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 28.013.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">28.013.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">NATURE SCIENCE CURRICULUM PROJECT.  (a)  The State Board of Education shall assist in developing a nature science curriculum, in accordance with this section, the following entities, acting jointly:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -18393,51 +18200,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId167">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1267</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 24(8), eff. June 18, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 28.014.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">28.014.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">COLLEGE PREPARATORY COURSES.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Each school district shall partner with at least one institution of higher education to develop and provide courses in college preparatory mathematics and English language arts.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -18819,51 +18632,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId171">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2223</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.01, eff. June 15, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 28.016.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">28.016.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">INSTRUCTION IN HIGH SCHOOL, COLLEGE, AND CAREER PREPARATION.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Each school district shall provide instruction to students in grade seven or eight in preparing for high school, college, and a career.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -19109,51 +18928,57 @@
         <w:t xml:space="preserve">), Sec. 4, eff. June 19, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">See note following this section.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 28.017.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">28.017.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">INSTRUCTION ON PREVENTION OF SEXUAL ABUSE AND SEX TRAFFICKING.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The commissioner, in cooperation with the human trafficking prevention task force created under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">402.035</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, Government Code, and any other persons the commissioner considers appropriate, shall develop one or more sexual abuse and sex trafficking instructional modules that a school district may use in the district's health curriculum.</w:t>
       </w:r>
@@ -19451,51 +19276,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId174">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2039</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. June 12, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 28.018.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">28.018.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ADVANCED COMPUTER SCIENCE PROGRAM.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The State Board of Education by rule shall develop and implement a program under which:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -19574,51 +19405,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId175">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>728</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. May 26, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 28.020.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">28.020.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">MATHEMATICS INNOVATION ZONES.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The commissioner may: </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -20179,51 +20016,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId178">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2135</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. June 17, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 28.0211.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">28.0211.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ACCELERATED INSTRUCTION; MODIFIED TEACHER ASSIGNMENT.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -20725,87 +20568,50 @@
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The commissioner shall provide guidelines to school districts on research-based best practices and effective strategies that a district may use in developing an accelerated instruction program and shall provide resources to districts to assist in the provision of an accelerated instruction program.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(a-7)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The requirements under Subsection (a-1)(1) or (2) do not apply to a student who is retained at a grade level for the school year in which those requirements would otherwise apply.</w:t>
-      </w:r>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Text of subsection effective on December 04, 2025</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(a-8)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A school district may not be required to provide supplemental instruction under Subsection (a-1)(2) to a student in more than two subject areas per school year.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -21855,152 +21661,50 @@
         <w:t xml:space="preserve">Except as requested under Subsection (a-5) or provided by Subsection (n-1), a student for whom an accelerated education plan must be developed under Subsection (b) must be assigned, in each school year and subject covered by the accelerated education plan, to an appropriately certified teacher who meets all state and federal qualifications to teach that subject and grade.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(n-1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In a manner consistent with federal law and notwithstanding any other law, the commissioner may waive the requirement under Subsection (n) regarding the assignment of a student to an appropriately certified classroom teacher on the request of a school district.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...100 lines deleted...]
-        <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(o)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This section does not require the administration of a fifth or eighth grade assessment instrument in a subject under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">39.023</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(a) to a student enrolled in the fifth or eighth grade, as applicable, if the student:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
@@ -22488,51 +22192,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId201">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 4.005, eff. December 4, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 28.02111.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">28.02111.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">FIRST THROUGH THIRD GRADE SUPPLEMENTARY SUPPORTS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The commissioner shall establish and administer a program designed to help improve student proficiency in reading by providing a grant in an amount provided under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">48.317</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> through which the student's parent may purchase tutoring services from agency-approved providers to:</w:t>
       </w:r>
@@ -22901,51 +22611,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId202">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 5.11, eff. June 20, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 28.0212.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">28.0212.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">JUNIOR HIGH OR MIDDLE SCHOOL PERSONAL GRADUATION PLAN.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A principal of a junior high or middle school shall designate a school counselor, teacher, or other appropriate individual to develop and administer a personal graduation plan for each student enrolled in the junior high or middle school who:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -23342,51 +23058,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId209">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>715</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 19, eff. June 14, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 28.02121.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">28.02121.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">HIGH SCHOOL PERSONAL GRADUATION PLAN.  (a) The agency, in consultation with the Texas Workforce Commission and the Texas Higher Education Coordinating Board, shall prepare and make available to each school district in English and Spanish information that explains the advantages of the distinguished level of achievement described by Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">28.025</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(b-15) and each endorsement described by Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">28.025</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(c-1).</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -23665,51 +23387,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId210">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 14(a), eff. June 10, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 28.02122.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">28.02122.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">INCLUSION OF MENTAL HEALTH PROFESSIONS IN HEALTH SCIENCE CAREER INFORMATION.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The agency shall ensure that any information provided to students relating to health science careers includes information regarding mental health professions.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -23728,51 +23456,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId211">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1430</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. May 23, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 28.02123.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">28.02123.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">NOTIFICATION OF CERTAIN HIGH SCHOOL GRADUATION REQUIREMENTS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Not later than September 1 of each school year, a school district shall notify by regular mail or e-mail the parent of or other person standing in parental relation to each student enrolled in grade nine or above that the student is not required to complete an Algebra II course to graduate under the foundation high school program.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -23907,51 +23641,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId212">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>232</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. June 14, 2019.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 28.02124.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">28.02124.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PARENTAL OPTION FOR STUDENT RETENTION.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Subject to Subsection (c), a parent or guardian may elect for a student to:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -24941,51 +24681,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId216">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2018</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 23.001(14), eff. September 1, 2005.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 28.0216.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">28.0216.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DISTRICT GRADING POLICY.  A school district shall adopt a grading policy, including provisions for the assignment of grades on class assignments and examinations, before each school year.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A district grading policy:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -25052,51 +24798,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId217">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2033</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. June 19, 2009.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 28.022.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">28.022.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">NOTICE TO PARENT OF UNSATISFACTORY PERFORMANCE; CONFERENCES.  (a)  The board of trustees of each school district shall adopt a policy that:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -25401,51 +25153,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId220">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>12</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 26, eff. September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 28.023.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">28.023.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CREDIT BY EXAMINATION.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Using guidelines established by the State Board of Education, a school district shall develop or select for review by the district board of trustees examinations for acceleration for each primary school grade level and for credit for secondary school academic subjects.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -25561,93 +25319,50 @@
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">a district representative recommends that the student be advanced; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(3)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">the student's parent or guardian gives written approval of the advancement.</w:t>
-      </w:r>
-[...41 lines deleted...]
-        <w:t xml:space="preserve">Text of subsection effective on December 04, 2025</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(c)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A school district shall give a student in grade level six or above credit for a subject on the basis of an examination for credit in the subject approved by the board of trustees under Subsection (a) if the student scores in the 80th percentile or above on the examination or if the student achieves a score as provided by Subsection (c-1).</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -26000,51 +25715,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId225">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 4.006, eff. December 4, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 28.024.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">28.024.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CREDIT FOR ENROLLMENT IN CERTAIN ACADEMIES.  A school district shall grant to a student credit toward the academic course requirements for high school graduation, up to a maximum of two years of credit, for courses the student successfully completes at:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -29688,51 +29409,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId266">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>966</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. June 17, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 28.0252.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">28.0252.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">COMPUTATION OF HIGH SCHOOL GRADE POINT AVERAGE.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The commissioner shall develop a standard method of computing a student's high school grade point average that provides for additional weight to be given to each honors course, advanced placement course, international baccalaureate course, OnRamps dual enrollment course, or dual credit course completed by a student.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -29899,51 +29626,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId270">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1191</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. June 20, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 28.0253.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">28.0253.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">TEXAS FIRST EARLY HIGH SCHOOL COMPLETION PROGRAM.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In this section:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -30455,51 +30188,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId277">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 6, eff. September 1, 2023.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 28.0254.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">28.0254.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">POSTHUMOUS HIGH SCHOOL DIPLOMA FOR CERTAIN STUDENTS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Notwithstanding any other provision of this code, but subject to Subsection (b), on request of the student's parent, a school district shall issue a high school diploma posthumously to each student who died while enrolled in the district at the end of the school year in which the student was expected to graduate under the regular schedule of school attendance.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -30567,51 +30306,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId279">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>638</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. May 23, 2019.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 28.02541.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">28.02541.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DIPLOMA FOR CERTAIN STUDENTS WHO ENTERED NINTH GRADE BEFORE 2011-2012 SCHOOL YEAR.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This section applies only to a student who:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -30995,51 +30740,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId284">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1603</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 6, eff. June 7, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 28.0256.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">28.0256.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">FINANCIAL AID APPLICATION REQUIREMENT FOR HIGH SCHOOL GRADUATION.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Before graduating from high school, each student must complete and submit a free application for federal student aid (FAFSA) or a Texas application for state financial aid (TASFA), except as otherwise provided by Subsection (b).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -31545,51 +31296,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId286">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>369</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. June 14, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 28.0257.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">28.0257.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DIRECT ADMISSIONS DATA SHARING OPT-IN ELECTION FOR HIGH SCHOOL GRADUATION.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In this section:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -31828,51 +31585,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId287">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2314</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. May 19, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 28.0258.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">28.0258.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">HIGH SCHOOL DIPLOMA AWARDED ON BASIS OF INDIVIDUAL GRADUATION COMMITTEE REVIEW.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This section applies only to an 11th or 12th grade student who has failed to comply with the end-of-course assessment instrument performance requirements under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">39.025</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> for not more than two courses.</w:t>
       </w:r>
@@ -32944,51 +32707,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId294">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1603</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 6, eff. June 7, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 28.0259.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">28.0259.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">SCHOOL DISTRICT REPORTING REQUIREMENTS FOR STUDENTS GRADUATING BASED ON INDIVIDUAL GRADUATION COMMITTEE REVIEW PROCESS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Each school district shall report through the Public Education Information Management System (PEIMS) the number of district students each school year for which an individual graduation committee is established under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">28.0258</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> and the number of district students each school year who are awarded a diploma based on the decision of an individual graduation committee as provided by Section </w:t>
       </w:r>
@@ -33190,51 +32959,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId300">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1603</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 6, eff. June 7, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 28.02591.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">28.02591.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">TEXAS HIGHER EDUCATION COORDINATING BOARD REPORTING REQUIREMENTS FOR STUDENTS GRADUATING BASED ON INDIVIDUAL GRADUATION COMMITTEE REVIEW PROCESS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The Texas Higher Education Coordinating Board, in coordination with the agency, shall collect longitudinal data relating to the post-graduation pursuits of each student who is awarded a diploma based on the determination of an individual graduation committee under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">28.0258</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, including whether the student:</w:t>
       </w:r>
@@ -33415,51 +33190,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId303">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1603</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 3, eff. June 7, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 28.026.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">28.026.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">NOTICE OF REQUIREMENTS FOR AUTOMATIC COLLEGE ADMISSION AND FINANCIAL AID.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The board of trustees of a school district and the governing body of each open-enrollment charter school that provides a high school shall require each high school in the district or provided by the charter school, as applicable, to post appropriate signs in each school counselor's office, in each principal's office, and in each administrative building indicating the substance of Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">51.803</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> regarding automatic college admission and stating the curriculum requirements for financial aid authorized under Title 3. To assist in the dissemination of that information, the district or charter school shall:</w:t>
       </w:r>
@@ -33694,51 +33475,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId306">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>715</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 20, eff. June 14, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 28.027.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">28.027.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">APPLIED SCIENCE, TECHNOLOGY, ENGINEERING, AND MATHEMATICS COURSES.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In this section, "applied STEM course" means an applied science, technology, engineering, or mathematics course offered as part of a school district's career and technology education or technology applications curriculum.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -34142,51 +33929,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId311">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2201</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 3, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 28.029.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">28.029.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">MIDDLE SCHOOL ADVANCED MATHEMATICS PROGRAM.  (a) To increase the number of students who complete advanced mathematics courses in high school, each school district and open-enrollment charter school shall develop an advanced mathematics program for middle school students that is designed to enable those students to enroll in Algebra I in eighth grade. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>