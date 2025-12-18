--- v0 (2025-10-25)
+++ v1 (2025-12-18)
@@ -1383,51 +1383,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId31">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>568</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 64(11), eff. June 20, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 38.0031.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">38.0031.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CLASSROOM TECHNOLOGY PLAN FOR STUDENTS WITH DYSLEXIA.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The agency shall establish a committee to develop a plan for integrating technology into the classroom to help accommodate students with dyslexia.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -1522,51 +1528,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId32">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>866</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 4, eff. June 17, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 38.0032.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">38.0032.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DYSLEXIA TRAINING OPPORTUNITIES.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(a) The agency shall annually develop a list of training opportunities regarding dyslexia that satisfy the requirements of Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">21.054</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(b).</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -1931,51 +1943,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId36">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 6, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 38.0041.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">38.0041.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">POLICIES ADDRESSING SEXUAL ABUSE AND OTHER MALTREATMENT OF CHILDREN.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Each school district and open-enrollment charter school shall adopt and implement a policy addressing sexual abuse, sex trafficking, and other maltreatment of children, to be included in the district improvement plan under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">11.252</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> and any informational handbook provided to students and parents.</w:t>
       </w:r>
@@ -2583,51 +2601,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId43">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1267</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 17, eff. June 18, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 38.0042.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">38.0042.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">POSTING CHILD ABUSE HOTLINE TELEPHONE NUMBER.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Each public school and open-enrollment charter school shall post in a clearly visible location in a public area of the school that is readily accessible to students a sign in English and in Spanish that contains the toll-free telephone number operated by the Department of Family and Protective Services to receive reports of child abuse or neglect.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -2696,51 +2720,57 @@
         <w:t xml:space="preserve">PROTECTIVE EYE DEVICES IN PUBLIC SCHOOLS.  Each teacher and student must wear industrial-quality eye-protective devices in appropriate situations as determined by school district policy.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 1995, 74th Leg., ch. 260, Sec. 1, eff. May 30, 1995.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 38.0051.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">38.0051.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ACADEMIC ACCOMMODATIONS FOR STUDENT WITH CONCUSSION OR OTHER BRAIN INJURY.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The agency shall develop a list of nonmedical academic accommodations a school district may offer to a student diagnosed with a concussion or other brain injury.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -2959,51 +2989,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId45">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2398</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. June 20, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 38.006.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">38.006.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">E-CIGARETTES AND TOBACCO PRODUCTS ON SCHOOL PROPERTY.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In this section, "e-cigarette" has the meaning assigned by Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">161.081</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, Health and Safety Code.</w:t>
       </w:r>
@@ -3291,51 +3327,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId48">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4559</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 20, eff. September 1, 2023.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 38.008.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">38.008.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">POSTING OF STEROID LAW NOTICE.  Each school in a school district in which there is a grade level of seven or higher shall post in a conspicuous location in the school gymnasium and each other place in a building where physical education classes are conducted the following notice:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:ind w:start="720"/>
         <w:ind w:end="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Anabolic steroids are for medical use only.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -3700,51 +3742,57 @@
         <w:t xml:space="preserve">In this section, "parent" includes a managing conservator or guardian.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 1995, 74th Leg., ch. 260, Sec. 1, eff. May 30, 1995.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 38.0101.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">38.0101.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">AUTHORITY TO EMPLOY OR CONTRACT WITH NONPHYSICIAN MENTAL HEALTH PROFESSIONAL.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A school district may employ or contract with one or more nonphysician mental health professionals.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -4385,51 +4433,57 @@
         <w:t xml:space="preserve">A hearing under Subsection (a) must include an opportunity for public comment on the proposal.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 1999, 76th Leg., ch. 1418, Sec. 2, eff. June 19, 1999.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 38.013.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">38.013.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">COORDINATED HEALTH PROGRAM FOR ELEMENTARY, MIDDLE, AND JUNIOR HIGH SCHOOL STUDENTS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The agency shall make available to each school district one or more coordinated health programs in elementary school, middle school, and junior high school.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -4700,51 +4754,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId54">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>18</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.13, eff. December 1, 2019.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 38.014.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">38.014.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">IMPLEMENTATION OF COORDINATED HEALTH PROGRAM FOR ELEMENTARY, MIDDLE, AND JUNIOR HIGH SCHOOL STUDENTS.  (a)  Each school district shall:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -4848,51 +4908,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId56">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>42</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 6, eff. June 17, 2005.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 38.0141.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">38.0141.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">REPORTING OF CERTAIN HEALTH AND SAFETY INFORMATION REQUIRED.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Each school district shall provide to the agency information as required by the commissioner, including statistics and data, relating to student health and physical activity and information described by Sections </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">28.004</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(k)(2), (3), and (4) presented in a form determined by the commissioner.</w:t>
       </w:r>
@@ -5145,51 +5211,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId59">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>18</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 3.02, eff. December 1, 2019.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 38.015.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">38.015.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">SELF-ADMINISTRATION OF PRESCRIPTION ASTHMA OR ANAPHYLAXIS MEDICINE BY STUDENTS.  (a)  In this section:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -5591,51 +5663,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId61">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 10.02, eff. May 31, 2006.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 38.0151.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">38.0151.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> POLICIES FOR CARE OF CERTAIN STUDENTS AT RISK FOR ANAPHYLAXIS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The board of trustees of each school district and the governing body or an appropriate officer of each open-enrollment charter school shall adopt and administer a policy for the care of students with a diagnosed food allergy at risk for anaphylaxis based on "Guidelines for the Care of Students With Food Allergies At-Risk for Anaphylaxis" developed by the commissioner of state health services under this section and updated by the commissioner of state health services in consultation with an ad hoc committee appointed by the commissioner of state health services as provided by Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">38.0152</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
@@ -6091,51 +6169,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId65">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1619</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. May 19, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 38.0152.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">38.0152.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">COMMITTEE TO ASSIST IN UPDATING GUIDELINES FOR CARE OF STUDENTS AT RISK FOR ANAPHYLAXIS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In this section:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -7019,51 +7103,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId68">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>18</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.14, eff. December 1, 2019.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 38.017.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">38.017.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">AVAILABILITY OF AUTOMATED EXTERNAL DEFIBRILLATOR.  (a)  Each school district shall make available at each campus in the district at least one automated external defibrillator, as defined by Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">779.001</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, Health and Safety Code.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A campus defibrillator must be readily available during any University Interscholastic League athletic competition held on the campus.</w:t>
       </w:r>
@@ -7364,51 +7454,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId69">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 6, eff. June 15, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 38.0171.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">38.0171.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">AVAILABILITY OF AIRWAY CLEARANCE DEVICE.  (a) In this section, "airway clearance device" means a noninvasive device capable of removing or assisting with the removal of a person's foreign-body airway obstruction.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -7624,51 +7720,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId70">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>549</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. June 20, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 38.018.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">38.018.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CARDIAC EMERGENCY RESPONSE PLAN.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Each school district and private school shall develop and implement a cardiac emergency response plan that establishes safety procedures for a district or school employee or other appropriate personnel to follow in responding to a medical emergency involving cardiac arrest on district or school grounds.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -7923,51 +8025,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId72">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>865</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 3, eff. June 20, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 38.0181.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">38.0181.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CARDIOVASCULAR SCREENING PILOT PROGRAM.  (a)  In this section, "pilot program" means the cardiovascular screening pilot program.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -8108,51 +8216,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId74">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1969</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 27.001(6), eff. September 1, 2009.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 38.019.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">38.019.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">IMMUNIZATION AWARENESS PROGRAM.  (a)  A school district that maintains an Internet website shall post prominently on the website:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -8298,51 +8412,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId75">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1059</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 3, eff. May 15, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 38.021.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">38.021.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">USE OF SUNSCREEN PRODUCTS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A student may possess and use a topical sunscreen product while on school property or at a school-related event or activity to avoid overexposure to the sun and not for the medical treatment of an injury or illness if the product is approved by the federal Food and Drug Administration for over-the-counter use.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -8409,51 +8529,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId76">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>265</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. June 19, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 38.022.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">38.022.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">SCHOOL VISITORS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A school district may require a person who enters property under the district's control to display the person's driver's license, another form of identification containing the person's photograph issued by a governmental entity, or, if applicable, the person's district employee or student identification card.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -8631,51 +8757,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId78">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 21, eff. September 1, 2023.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 38.023.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">38.023.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">LIST OF RESOURCES CONCERNING INTERNET SAFETY.  The agency shall develop and make available to school districts a list of resources concerning Internet safety, including a list of organizations and Internet websites that may assist in educating teachers and students about:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -8733,51 +8865,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId79">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>3171</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. June 15, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 38.0231.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">38.0231.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">GUIDELINES FOR USE OF DIGITAL DEVICES.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The agency, in consultation with the Health and Human Services Commission, shall develop and distribute model health and safety guidelines that school districts and open-enrollment charter schools may use to determine best practices for the effective integration of digital devices in public schools.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -9090,51 +9228,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId80">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>3489</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 38.024.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">38.024.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">INSURANCE AGAINST STUDENT INJURIES.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In compliance with this section, the board of trustees of a school district may obtain insurance against bodily injuries sustained by students while training for or engaging in interschool athletic competition or while engaging in school-sponsored activities.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -9292,51 +9436,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId83">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>744</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. May 23, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 38.026.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">38.026.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">GRANT PROGRAM FOR BEST PRACTICES IN NUTRITION EDUCATION.  (a)  The Department of Agriculture shall develop a program under which the department awards grants to public school campuses for best practices in nutrition education.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -9375,51 +9525,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId84">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>282</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. June 19, 2009.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 38.027.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">38.027.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ELECTRONIC COMMUNICATION POLICY.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In this section, "electronic communication" means any communication facilitated by the use of any electronic device, including a telephone, cellular telephone, computer, computer network, personal data assistant, or pager.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -9533,51 +9689,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId85">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 15, eff. September 1, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 38.030.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">38.030.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">TRAUMATIC INJURY RESPONSE PROTOCOL.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Each school district and open-enrollment charter school shall develop and annually make available a protocol for school employees and volunteers to follow in the event of a traumatic injury.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -10335,51 +10497,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId87">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1267</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 18, eff. June 18, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 38.031.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">38.031.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">NOTICE OF LICE.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The board of trustees of an independent school district shall adopt a policy requiring a school nurse of a public elementary school who determines or otherwise becomes aware that a child enrolled in the school has lice shall provide written or electronic notice of that fact to:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -10503,51 +10671,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId88">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1566</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 14, eff. September 1, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 38.032.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">38.032.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">SEIZURE MANAGEMENT AND TREATMENT PLAN.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -11140,51 +11314,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId90">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1506</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. May 27, 2023.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 38.033.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">38.033.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">SEIZURE RECOGNITION AND RELATED FIRST AID TRAINING.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A school nurse employed by a school district must complete an agency-approved online course of instruction for school nurses regarding managing students with seizure disorders that includes information about seizure recognition and related first aid.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -11260,51 +11440,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId91">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>684</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. June 14, 2019.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 38.034.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">38.034.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">SCHOOL HEALTH AND RELATED SERVICES PROGRAM; ELIGIBILITY FOR AUDIOLOGY SERVICES.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A child is eligible to receive audiology services provided under the school health and related services program if the child:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -11492,51 +11678,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId93">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>3607</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 21.001(8), eff. September 1, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 38.036.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">38.036.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">TRAUMA-INFORMED CARE POLICY.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Each school district shall adopt and implement a policy requiring the integration of trauma-informed practices in each school environment.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -11969,51 +12161,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId98">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1267</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 24(11), eff. June 18, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 38.040.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">38.040.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">FENTANYL ABUSE PREVENTION AND DRUG POISONING</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">AWARENESS EDUCATION.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -12469,51 +12667,57 @@
         <w:t xml:space="preserve">The consent form must list every service the school-based health center delivers in a format that complies with all applicable state and federal laws and allows a person to consent to one or more categories of services.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 1999, 76th Leg., ch. 1418, Sec. 1, eff. June 19, 1999.  Renumbered from Education Code Sec. 38.011 and amended by Acts 2001, 77th Leg., ch. 1420, Sec. 4.005, eff. Sept. 1, 2001.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 38.054.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">38.054.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CATEGORIES OF SERVICES.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The permissible categories of services are:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -12865,51 +13069,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId102">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>18</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.17, eff. December 1, 2019.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 38.058.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">38.058.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">HEALTH EDUCATION AND HEALTH CARE ADVISORY COUNCIL.  (a)  The board of trustees of a school district or the governing body of an open-enrollment charter school may establish and appoint members to a local health education and health care advisory council to make recommendations to the district or school on the establishment of school-based health centers and to assist the district or school in ensuring that local community values are reflected in the operation of each center and in the provision of health education.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -13187,51 +13397,57 @@
         <w:t xml:space="preserve">A district and a public health agency may, by agreement, jointly establish, operate, and fund a school-based health center.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 1999, 76th Leg., ch. 1418, Sec. 1, eff. June 19, 1999.  Renumbered from Education Code Sec. 38.011 and amended by Acts 2001, 77th Leg., ch. 1420, Sec. 4.005, eff. Sept. 1, 2001.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 38.0591.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">38.0591.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ACCESS TO MENTAL HEALTH SERVICES.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The agency, in cooperation with the Health and Human Services Commission, shall develop guidelines for school districts regarding:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -14081,51 +14297,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER C.  PHYSICAL FITNESS ASSESSMENT</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 38.101.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">38.101.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ASSESSMENT REQUIRED.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Except as provided by Subsection (b), a school district annually shall assess the physical fitness of students enrolled in grade three or higher in a course that satisfies the curriculum requirements for physical education under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">28.002</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(a)(2)(C).</w:t>
       </w:r>
@@ -14196,51 +14418,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId109">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 17, eff. September 28, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 38.102.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">38.102.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ADOPTION OF ASSESSMENT INSTRUMENT.  (a)  The commissioner by rule shall adopt an assessment instrument to be used by a school district in assessing student physical fitness under this subchapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -14355,51 +14583,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId110">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>530</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 3, eff. June 15, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 38.103.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">38.103.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">REPORTING OF PHYSICAL FITNESS RESULTS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A school district shall provide the results of individual student performance on the physical fitness assessment required by this subchapter to the agency.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -14488,51 +14722,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId113">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>226</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. June 17, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 38.104.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">38.104.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ANALYSIS OF RESULTS.  (a)  The agency shall analyze the results received by the agency under this subchapter and identify, for each school district, any correlation between the results and the following:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -14710,96 +14950,108 @@
       <w:hyperlink w:docLocation="table" r:id="rId114">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>530</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 3, eff. June 15, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 38.105.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">38.105.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DONATIONS.  The agency and each school district may accept donations made to facilitate implementation of this subchapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 2007, 80th Leg., R.S., Ch. 1377 (S.B. </w:t>
       </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId115">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>530</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 3, eff. June 15, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 38.106.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">38.106.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">RULES.  The commissioner shall adopt rules necessary to implement this subchapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 2007, 80th Leg., R.S., Ch. 1377 (S.B. </w:t>
       </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId116">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>530</w:t>
@@ -14815,51 +15067,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER D.  PREVENTION, TREATMENT, AND OVERSIGHT OF CONCUSSIONS AFFECTING STUDENT ATHLETES</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 38.151.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">38.151.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DEFINITIONS.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In this subchapter:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -15152,51 +15410,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId117">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2038</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. June 17, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 38.152.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">38.152.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">APPLICABILITY.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This subchapter applies to an interscholastic athletic activity, including practice and competition, sponsored or sanctioned by:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -15250,51 +15514,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId118">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2038</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. June 17, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 38.153.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">38.153.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">OVERSIGHT OF CONCUSSIONS BY SCHOOL DISTRICTS AND CHARTER SCHOOLS; RETURN-TO-PLAY PROTOCOL DEVELOPMENT BY CONCUSSION OVERSIGHT TEAM.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The governing body of each school district and open-enrollment charter school with students enrolled who participate in an interscholastic athletic activity shall appoint or approve a concussion oversight team.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -15323,51 +15593,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId119">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2038</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. June 17, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 38.154.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">38.154.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CONCUSSION OVERSIGHT TEAM: MEMBERSHIP.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Each concussion oversight team must include at least one physician and, to the greatest extent practicable, considering factors including the population of the metropolitan statistical area in which the school district or open-enrollment charter school is located, district or charter school student enrollment, and the availability of and access to licensed health care professionals in the district or charter school area, must also include one or more of the following:</w:t>
       </w:r>
@@ -15598,51 +15874,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId122">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1002</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. June 10, 2023.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 38.155.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">38.155.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">REQUIRED ANNUAL FORM ACKNOWLEDGING CONCUSSION INFORMATION.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A student may not participate in an interscholastic athletic activity for a school year until both the student and the student's parent or guardian or another person with legal authority to make medical decisions for the student have signed a form for that school year that acknowledges receiving and reading written information that explains concussion prevention, symptoms, treatment, and oversight and that includes guidelines for safely resuming participation in an athletic activity following a concussion.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -15661,51 +15943,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId123">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2038</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. June 17, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 38.156.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">38.156.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">REMOVAL FROM PLAY IN PRACTICE OR COMPETITION FOLLOWING CONCUSSION.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A student shall be removed from an interscholastic athletics practice or competition immediately if one of the following persons believes the student might have sustained a concussion during the practice or competition:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -15913,51 +16201,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId127">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1002</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. June 10, 2023.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 38.157.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">38.157.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">RETURN TO PLAY IN PRACTICE OR COMPETITION.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A student removed from an interscholastic athletics practice or competition under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">38.156</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> may not be permitted to practice or compete again following the force or impact believed to have caused the concussion until:</w:t>
       </w:r>
@@ -16241,51 +16535,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId128">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2038</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. June 17, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 38.158.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">38.158.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">TRAINING COURSES.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The University Interscholastic League shall approve for coaches of interscholastic athletic activities training courses that provide for not less than two hours of training in the subject matter of concussions, including evaluation, prevention, symptoms, risks, and long-term effects.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -16661,51 +16961,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId132">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2495</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. June 12, 2023.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 38.159.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">38.159.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">IMMUNITY.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This subchapter does not:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -16797,51 +17103,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId133">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2038</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. June 17, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 38.160.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">38.160.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">RULES.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The commissioner may adopt rules as necessary to administer this subchapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -16866,51 +17178,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER D-1.  TREATMENT OF CONCUSSIONS AFFECTING STUDENTS OTHER THAN STUDENT ATHLETES</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 38.171.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">38.171.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DEFINITION.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In this subchapter, "concussion" has the meaning assigned by Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">38.151</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
@@ -16926,51 +17244,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId135">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2398</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. June 20, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 38.172.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">38.172.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">APPLICABILITY.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This subchapter does not apply to a concussion believed to have been sustained by a student while participating in an interscholastic athletic activity described by Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">38.152</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
@@ -16986,51 +17310,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId136">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2398</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. June 20, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 38.173.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">38.173.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CONCUSSION RESPONSE POLICY.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A school district shall adopt and implement a policy regarding how to respond to a concussion believed to have been sustained by a student while on school property or participating in a school-sponsored or school-related activity on or off school property.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -17137,51 +17467,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER E.  MAINTENANCE AND ADMINISTRATION OF EPINEPHRINE DELIVERY SYSTEMS AND MEDICATION FOR RESPIRATORY DISTRESS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 38.201.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">38.201.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DEFINITIONS.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In this subchapter:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -17537,51 +17873,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId141">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1619</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 3, eff. May 19, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 38.202.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">38.202.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ADVISORY COMMITTEE:</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ESTABLISHMENT AND COMPOSITION.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -17898,51 +18240,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId146">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1619</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 4, eff. May 19, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 38.203.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">38.203.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ADVISORY COMMITTEE:</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PRESIDING OFFICER.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -17961,51 +18309,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId147">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>66</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. May 28, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 38.204.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">38.204.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ADVISORY COMMITTEE:</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">COMPENSATION AND EXPENSES.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -18024,51 +18378,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId148">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>66</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. May 28, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 38.205.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">38.205.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ADVISORY COMMITTEE:</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">APPLICABILITY OF OTHER LAW.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -18093,51 +18453,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId149">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>66</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. May 28, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 38.206.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">38.206.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ADVISORY COMMITTEE:</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">OPEN MEETINGS.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -18162,51 +18528,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId150">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>66</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. May 28, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 38.207.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">38.207.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ADVISORY COMMITTEE: DUTIES.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The advisory committee shall advise the commissioner of state health services on:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -18440,51 +18812,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId154">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1619</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 5, eff. May 19, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 38.208.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">38.208.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">MAINTENANCE AND ADMINISTRATION OF EPINEPHRINE DELIVERY SYSTEMS AND MEDICATION FOR RESPIRATORY DISTRESS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Each school district, open-enrollment charter school, and private school may adopt and implement a policy regarding the maintenance, administration, and disposal of epinephrine delivery systems at each campus in the district or school.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -19082,51 +19460,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId160">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1619</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 7, eff. May 19, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 38.209.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">38.209.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">REPORT ON ADMINISTERING EPINEPHRINE DELIVERY SYSTEM.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Not later than the 10th business day after the date a school personnel member or school volunteer administers an epinephrine delivery system in accordance with a policy adopted under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">38.208</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(a), the school shall report the information required under Subsection (b) to:</w:t>
       </w:r>
@@ -19404,51 +19788,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId164">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1619</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 8, eff. May 19, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 38.2091.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">38.2091.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">REPORT ON ADMINISTERING MEDICATION FOR RESPIRATORY DISTRESS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Not later than the 10th business day after the date a school personnel member or school volunteer administers medication for respiratory distress to a person experiencing respiratory distress in accordance with a policy adopted under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">38.208</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(a-1), the school shall report the information required under Subsection (b) to:</w:t>
       </w:r>
@@ -19635,51 +20025,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId165">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>294</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 7, eff. May 24, 2023.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 38.210.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">38.210.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">TRAINING.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Each school district, open-enrollment charter school, and private school that adopts a policy under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">38.208</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(a) is responsible for training school personnel and school volunteers in the administration of an epinephrine delivery system.</w:t>
       </w:r>
@@ -20065,51 +20461,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId170">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1619</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 9, eff. May 19, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 38.211.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">38.211.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PRESCRIPTION OF EPINEPHRINE DELIVERY SYSTEMS AND MEDICATION FOR RESPIRATORY DISTRESS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A physician or person who has been delegated prescriptive authority under Chapter </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">157</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, Occupations Code, may prescribe epinephrine delivery systems or medication for respiratory distress in the name of a school district, open-enrollment charter school, or private school.</w:t>
       </w:r>
@@ -20486,51 +20888,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId176">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1619</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 11, eff. May 19, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 38.2115.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">38.2115.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CONTRACTING FOR MEDICATION FOR RESPIRATORY DISTRESS AND TRAINING.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The board of trustees of a school district or governing body of an open-enrollment charter school or private school may contract with a vendor to provide:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -20578,51 +20986,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId177">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>549</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 3, eff. June 20, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 38.212.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">38.212.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">NOTICE TO PARENTS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">If a school district, open-enrollment charter school, or private school implements a policy under this subchapter, the district or school shall provide written notice of the policy to a parent or guardian of each student enrolled in the district or school.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -20723,51 +21137,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId181">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>294</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 11, eff. May 24, 2023.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 38.213.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">38.213.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">GIFTS, GRANTS, AND DONATIONS.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A school district, open-enrollment charter school, or private school may accept gifts, grants, donations, and federal and local funds to implement this subchapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -20807,51 +21227,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId183">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>579</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 8, eff. May 22, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 38.214.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">38.214.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">RULES.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Except as otherwise provided by this subchapter, the commissioner of education and the executive commissioner of the Health and Human Services Commission shall jointly adopt rules necessary to implement this subchapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -20891,51 +21317,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId185">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>579</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 9, eff. May 22, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 38.215.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">38.215.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">IMMUNITY FROM LIABILITY.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A person who in good faith takes, or fails to take, any action under this subchapter is immune from civil or criminal liability or disciplinary action resulting from that action or failure to act, including:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -21338,51 +21770,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER E-1.  MAINTENANCE, ADMINISTRATION, AND DISPOSAL OF OPIOID ANTAGONISTS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 38.221.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">38.221.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DEFINITIONS.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In this subchapter:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -21436,51 +21874,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId191">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>629</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. June 18, 2023.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 38.222.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">38.222.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">MAINTENANCE, ADMINISTRATION, AND DISPOSAL OF OPIOID ANTAGONISTS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Each school district shall adopt and implement a policy regarding the maintenance, administration, and disposal of opioid antagonists at each campus in the district that serves students in grades 6 through 12 and may adopt and implement such a policy at each campus in the district, including campuses serving students in a grade level below grade 6.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -21717,51 +22161,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId192">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>629</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. June 18, 2023.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 38.223.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">38.223.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">REPORT ON ADMINISTERING OPIOID ANTAGONIST.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Not later than the 10th business day after the date a school personnel member or school volunteer administers an opioid antagonist in accordance with a policy adopted under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">38.222</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(a) or (b), the school shall report the information required under Subsection (b) of this section to:</w:t>
       </w:r>
@@ -21967,51 +22417,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId193">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>629</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. June 18, 2023.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 38.224.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">38.224.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">TRAINING.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Each school district, open-enrollment charter school, and private school that adopts a policy under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">38.222</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(a) or (b) is responsible for training school personnel and school volunteers in the administration of an opioid antagonist.</w:t>
       </w:r>
@@ -22210,51 +22666,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId194">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>629</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. June 18, 2023.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 38.225.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">38.225.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PRESCRIPTION OF OPIOID ANTAGONISTS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A physician or person who has been delegated prescriptive authority under Chapter </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">157</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, Occupations Code, may prescribe opioid antagonists in the name of a school district, open-enrollment charter school, or private school.</w:t>
       </w:r>
@@ -22479,102 +22941,114 @@
       <w:hyperlink w:docLocation="table" r:id="rId195">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>629</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. June 18, 2023.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 38.226.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">38.226.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">GIFTS, GRANTS, AND DONATIONS.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A school district, open-enrollment charter school, or private school may accept gifts, grants, donations, and federal and local funds to implement this subchapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 2023, 88th Leg., R.S., Ch. 1080 (S.B. </w:t>
       </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId196">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>629</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. June 18, 2023.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 38.227.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">38.227.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">IMMUNITY FROM LIABILITY.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A person who in good faith takes, or fails to take, any action under this subchapter is immune from civil or criminal liability or disciplinary action resulting from that action or failure to act, including:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -22831,51 +23305,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId197">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>629</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. June 18, 2023.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 38.228.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">38.228.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">RULES.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Except as otherwise provided by this subchapter, the commissioner of education and the executive commissioner of the Health and Human Services Commission shall jointly adopt rules necessary to implement this subchapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -22900,51 +23380,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER F.  MENTAL HEALTH RESOURCES</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 38.251.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">38.251.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">RUBRIC TO IDENTIFY RESOURCES.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The agency shall develop a rubric for use by regional education service centers in identifying resources related to student mental health that are available to schools in their respective regions.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -23260,51 +23746,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId199">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 19, eff. June 6, 2019.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 38.252.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">38.252.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">REGIONAL INVENTORY OF MENTAL HEALTH RESOURCES.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Each regional education service center shall use the rubric developed under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">38.251</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> to identify resources related to student mental health available to schools in the center's region, including evidence-based and promising programs and best practices, that:</w:t>
       </w:r>
@@ -23576,84 +24068,50 @@
       </w:r>
       <w:r>
         <w:t xml:space="preserve">38.251</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> to identify, in the manner provided by this section, any additional resources that may be available to schools in the center's region; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(2)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">submit to the agency a report on resources identified through the process, including any additional resources identified under Subdivision (1).</w:t>
-      </w:r>
-[...32 lines deleted...]
-        <w:t xml:space="preserve"> an electronic copy of the report submitted to the agency under Subsection (c)(2). This subsection expires December 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 2019, 86th Leg., R.S., Ch. 464 (S.B. </w:t>
       </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId200">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 19, eff. June 6, 2019.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
@@ -23675,51 +24133,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId201">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2287</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. September 1, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 38.253.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">38.253.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">STATEWIDE INVENTORY OF MENTAL HEALTH RESOURCES.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The agency shall develop a list of statewide resources available to school districts to address the mental health of students, including:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -24143,84 +24607,50 @@
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">connect students and their families to specialized services in the school or community when needed.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(d)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The agency shall revise the list not later than March 1 of each even-numbered year.</w:t>
-      </w:r>
-[...32 lines deleted...]
-        <w:t xml:space="preserve"> as soon as practicable after the list is developed or revised. This subsection expires December 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 2019, 86th Leg., R.S., Ch. 464 (S.B. </w:t>
       </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId202">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 19, eff. June 6, 2019.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
@@ -24242,51 +24672,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId203">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2287</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 3, eff. September 1, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 38.254.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">38.254.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">STATEWIDE PLAN FOR STUDENT MENTAL HEALTH.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The agency shall develop a statewide plan to ensure all students have access to adequate mental health resources.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -24684,51 +25120,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId204">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 19, eff. June 6, 2019.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 38.2545.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">38.2545.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">TEXAS CHILD HEALTH ACCESS THROUGH TELEMEDICINE.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In this section:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -24987,51 +25429,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId205">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 19, eff. June 20, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 38.255.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">38.255.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">AGENCY USE OF STATEWIDE PLAN.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The agency shall use the statewide plan for student mental health required by Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">38.254</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> to develop and revise the agency's long-term strategic plan.</w:t>
       </w:r>
@@ -25072,51 +25520,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId206">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 19, eff. June 6, 2019.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 38.256.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">38.256.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">REPORTS TO LEGISLATURE.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In addition to any other information required to be provided to the legislature under this chapter, not later than November 1 of each even-numbered year the agency shall provide to the legislature:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -25175,4909 +25629,1461 @@
       </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId207">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 19, eff. June 6, 2019.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">For expiration of this subchapter, see Section 38.312.</w:t>
-[...51 lines deleted...]
-        <w:t xml:space="preserve">In this subchapter:</w:t>
+        <w:t xml:space="preserve">SUBCHAPTER G. MENTAL HEALTH, SUBSTANCE ABUSE, AND YOUTH SUICIDE</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">38.351.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">MENTAL HEALTH PROMOTION AND INTERVENTION, SUBSTANCE ABUSE PREVENTION AND INTERVENTION, AND SUICIDE PREVENTION.  (a)  The agency, in coordination with the Health and Human Services Commission and regional education service centers, shall provide and annually update a list of recommended best practice-based programs and research-based practices in the areas specified under Subsection (c) for implementation in public elementary, junior high, middle, and high schools within the general education setting.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(b)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Each school district may select from the list provided under Subsection (a) a program or programs appropriate for implementation in the district.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(c)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">The list provided under Subsection (a) must include programs and practices in the following areas:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">"Institution of higher education" has the meaning assigned by Section </w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">61.003</w:t>
+        <w:t xml:space="preserve">early mental health prevention and intervention;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="1440"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(2)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">building skills related to managing emotions, establishing and maintaining positive relationships, and responsible decision-making;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="1440"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(3)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">substance abuse prevention and intervention;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="1440"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(4)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">suicide prevention, intervention, and postvention;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="1440"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(5)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">grief-informed and trauma-informed practices;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="1440"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(6)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">positive school climates;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="1440"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(7)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">positive behavior interventions and supports;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="1440"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(8)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">positive youth development; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="1440"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(9)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">safe, supportive, and positive school climate.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(d)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">For purposes of Subsection (c), "school climate" means the quality and character of school life, including interpersonal relationships, teaching and learning practices, and organizational structures, as experienced by students enrolled in the school district, parents of those students, and personnel employed by the district.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(e)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">The suicide prevention programs on the list provided under Subsection (a) must include components that provide for training school counselors, teachers, nurses, administrators, and other staff, as well as law enforcement officers and social workers who regularly interact with students, to:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="1440"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(1)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">recognize students at risk of attempting suicide, including students who are or may be the victims of or who engage in bullying;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="1440"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(2)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">recognize students displaying early warning signs and a possible need for early mental health or substance abuse intervention, which warning signs may include declining academic performance, depression, anxiety, isolation, unexplained changes in sleep or eating habits, and destructive behavior toward self and others;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="1440"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(3)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">intervene effectively with students described by Subdivision (1) or (2) by providing notice and referral to a parent or guardian so appropriate action, such as seeking mental health or substance abuse services, may be taken by a parent or guardian; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="1440"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(4)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">assist students in returning to school following treatment of a mental health concern or suicide attempt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(f)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">In developing the list of best practice-based  programs and research-based practices, the agency and the Health and Human Services Commission shall consider:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="1440"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(1)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">any existing suicide prevention method developed by a school district; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="1440"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(2)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">any Internet or online course or program developed in this state or another state that is based on best practices recognized by the Substance Abuse and Mental Health Services Administration or the Suicide Prevention Resource Center.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(g)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Except as otherwise provided by this subsection, each school district shall provide training described in the components set forth under Subsection (e) for teachers, school counselors, principals, and all other appropriate personnel.  A school district is required to provide the training at an elementary school campus only to the extent that sufficient funding and programs are available.  A school district may implement a program on the list to satisfy the requirements of this subsection.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(g-1)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">A school district may satisfy a requirement to implement a program in the area of substance abuse prevention and intervention by providing instruction related to youth substance use and abuse education under Section </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">38.040</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(h)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">If a school district provides the training under Subsection (g), the school district shall:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="1440"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(1)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">require completion of the training in accordance with the policy adopted under Section </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.4515</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="1440"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(2)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">maintain records that include the district employees who participated in the training.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(i)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">A school district shall develop practices and procedures concerning each area listed in Subsection (c), including mental health promotion and intervention, substance abuse prevention and intervention, and suicide prevention, that:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="1440"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(1)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">include a procedure for providing notice of a recommendation for early mental health or substance abuse intervention regarding a student to a parent or guardian of the student within a reasonable amount of time after the identification of early warning signs as described by Subsection (e)(2);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="1440"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(2)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">include a procedure for providing notice of a student identified as at risk of attempting suicide to a parent or guardian of the student within a reasonable amount of time after the identification of early warning signs as described by Subsection (e)(2);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="1440"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(3)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">establish that the district may develop a reporting mechanism and may designate at least one person to act as a liaison officer in the district for the purposes of identifying students in need of early mental health or substance abuse intervention or suicide prevention;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="1440"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(4)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">set out available counseling alternatives for a parent or guardian to consider when their child is identified as possibly being in need of early mental health or substance abuse intervention or suicide prevention; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="1440"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(5)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">include procedures:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="2160"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(A)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">to support the return of a student to school following hospitalization or residential treatment for a mental health condition or substance abuse; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="2160"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(B)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">for suicide prevention, intervention, and postvention.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(i-1)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">A school district may develop practices and procedures concerning each area listed in Subsection (c), including mental health promotion and intervention, substance abuse prevention and intervention, and suicide prevention, that include a procedure for providing educational material to all parents and families in the district that contains information on identifying risk factors, accessing resources for treatment or support provided on and off campus, and accessing available student accommodations provided on campus.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(j)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">The practices and procedures developed under Subsection (i) or (i-1):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="1440"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(1)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">may address multiple areas listed in Subsection (c) together; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="1440"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(2)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">must prohibit the use without the prior consent of a student's parent or guardian of a medical screening of the student as part of the process of identifying whether the student is possibly in need of early mental health or substance abuse intervention or suicide prevention.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(k)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">The practices and procedures developed under Subsection (i) or (i-1) must be included in:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="1440"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(1)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">the annual student handbook; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="1440"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(2)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">the district improvement plan under Section </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">11.252</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(l)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">The agency shall develop and make available to school districts guiding principles on the coordination of programs and practices in areas listed under Subsection (c).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(m)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">The agency, the Health and Human Services Commission, and each regional education service center:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="1440"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(1)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">may accept donations for purposes of this section from sources without a conflict of interest; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(2)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">"Task force" means the Collaborative Task Force on Public School Mental Health Services.</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">Added by Acts 2019, 86th Leg., R.S., Ch. 1278 (H.B. </w:t>
+        <w:t xml:space="preserve">may not accept donations for purposes of this section from an anonymous source.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(n)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Nothing in this section is intended to interfere with the rights of parents or guardians and the decision-making regarding the best interest of the child.  Practices and procedures developed in accordance with this section are intended to notify a parent or guardian of a need for mental health or substance abuse intervention so that a parent or guardian may take appropriate action.  Nothing in this section shall be construed as giving school districts the authority to prescribe medications.  Any and all medical decisions are to be made by a parent or guardian of a student.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(o)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">In this section, "postvention" includes activities that promote healing necessary to reduce the risk of suicide by a person affected by the suicide of another.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Added by Acts 2011, 82nd Leg., R.S., Ch. 1134 (H.B. </w:t>
       </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId208">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>906</w:t>
+          <w:t>1386</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
-        <w:t xml:space="preserve">), Sec. 1, eff. June 14, 2019.</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> by Acts 2021, 87th Leg., R.S., Ch. 915 (H.B. </w:t>
+        <w:t xml:space="preserve">), Sec. 3, eff. June 17, 2011.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Amended by: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Acts 2013, 83rd Leg., R.S., Ch. 578 (S.B. </w:t>
       </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId209">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>831</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">), Sec. 2, eff. September 1, 2013.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Acts 2013, 83rd Leg., R.S., Ch. 578 (S.B. </w:t>
+      </w:r>
+      <w:hyperlink w:docLocation="table" r:id="rId210">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>831</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">), Sec. 3, eff. September 1, 2013.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Acts 2013, 83rd Leg., R.S., Ch. 1321 (S.B. </w:t>
+      </w:r>
+      <w:hyperlink w:docLocation="table" r:id="rId211">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>460</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">), Sec. 4, eff. September 1, 2013.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Acts 2017, 85th Leg., R.S., Ch. 522 (S.B. </w:t>
+      </w:r>
+      <w:hyperlink w:docLocation="table" r:id="rId212">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>179</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">), Sec. 12, eff. September 1, 2017.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Acts 2017, 85th Leg., R.S., Ch. 714 (H.B. </w:t>
+      </w:r>
+      <w:hyperlink w:docLocation="table" r:id="rId213">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>4056</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">), Sec. 1, eff. June 12, 2017.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Reenacted, transferred, redesignated and amended by Acts 2019, 86th Leg., R.S., Ch. 352 (H.B. </w:t>
+      </w:r>
+      <w:hyperlink w:docLocation="table" r:id="rId214">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>18</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">), Sec. 1.21, eff. December 1, 2019.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Amended by: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Acts 2021, 87th Leg., R.S., Ch. 915 (H.B. </w:t>
+      </w:r>
+      <w:hyperlink w:docLocation="table" r:id="rId215">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>3607</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
-        <w:t xml:space="preserve">), Sec. 21.001(9), eff. September 1, 2021.</w:t>
-[...956 lines deleted...]
-        <w:t xml:space="preserve"> by Acts 2021, 87th Leg., R.S., Ch. 915 (H.B. </w:t>
+        <w:t xml:space="preserve">), Sec. 5.014(a), eff. September 1, 2021.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Acts 2021, 87th Leg., R.S., Ch. 1045 (S.B. </w:t>
       </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId216">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>3607</w:t>
+          <w:t>1267</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
-        <w:t xml:space="preserve">), Sec. 21.001(9), eff. September 1, 2021.</w:t>
-[...51 lines deleted...]
-        <w:t xml:space="preserve">Added by Acts 2019, 86th Leg., R.S., Ch. 1278 (H.B. </w:t>
+        <w:t xml:space="preserve">), Sec. 21, eff. June 18, 2021.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Acts 2023, 88th Leg., R.S., Ch. 917 (H.B. </w:t>
       </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId217">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>906</w:t>
+          <w:t>3908</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
-        <w:t xml:space="preserve">), Sec. 1, eff. June 14, 2019.</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> by Acts 2021, 87th Leg., R.S., Ch. 915 (H.B. </w:t>
+        <w:t xml:space="preserve">), Sec. 5, eff. June 17, 2023.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">38.352.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">IMMUNITY.  This subchapter does not:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="1440"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(1)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">waive any immunity from liability of a school district or of district school officers or employees;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="1440"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(2)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">create any liability for a cause of action against a school district or against district school officers or employees; or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="1440"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(3)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">waive any immunity from liability under Section </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">74.151</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, Civil Practice and Remedies Code.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Added by Acts 2013, 83rd Leg., R.S., Ch. 1321 (S.B. </w:t>
       </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId218">
-        <w:r>
-[...3256 lines deleted...]
-      <w:hyperlink w:docLocation="table" r:id="rId240">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>460</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
-        <w:t xml:space="preserve">), Sec. 4, eff. September 1, 2013.</w:t>
-[...41 lines deleted...]
-        <w:t xml:space="preserve">), Sec. 1, eff. June 12, 2017.</w:t>
+        <w:t xml:space="preserve">), Sec. 5, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Reenacted, transferred, redesignated and amended by Acts 2019, 86th Leg., R.S., Ch. 352 (H.B. </w:t>
       </w:r>
-      <w:hyperlink w:docLocation="table" r:id="rId243">
+      <w:hyperlink w:docLocation="table" r:id="rId219">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>18</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.21, eff. December 1, 2019.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...70 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Sec.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">38.352.</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">IMMUNITY.  This subchapter does not:</w:t>
+        <w:t xml:space="preserve">38.353.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">SUICIDE PREVENTION INFORMATION REQUIRED ON CERTAIN STUDENT IDENTIFICATION CARDS.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Each student identification card issued by a public school to a student in grade six or higher:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">waive any immunity from liability of a school district or of district school officers or employees;</w:t>
+        <w:t xml:space="preserve">must have printed on the card the contact information for:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="2160"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(A)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">the National Suicide Prevention Lifeline; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="2160"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(B)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">the Crisis Text Line; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(2)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">create any liability for a cause of action against a school district or against district school officers or employees; or</w:t>
-[...173 lines deleted...]
-      <w:r>
         <w:t xml:space="preserve">may have printed on the card the contact information for a local suicide prevention hotline, if available.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 2021, 87th Leg., R.S., Ch. 550 (S.B. </w:t>
       </w:r>
-      <w:hyperlink w:docLocation="table" r:id="rId249">
+      <w:hyperlink w:docLocation="table" r:id="rId220">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>279</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. June 14, 2021.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidRPr="004B75FD" w:rsidR="003F3435" w:rsidSect="003F3435">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:headerReference w:type="first" r:id="rId10"/>
       <w:footerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="20160" w:code="5"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1080" w:left="1440" w:header="0" w:footer="1440" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
@@ -30973,51 +27979,51 @@
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="000C687B"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId13" /><Relationship Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/80R/billtext/html/HB01098F.HTM" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/80R/billtext/html/HB01059F.HTM" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/80R/billtext/html/HB01098F.HTM" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/80R/billtext/html/HB01059F.HTM" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB03884F.HTM" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB03884F.HTM" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB03884F.HTM" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/HB00002F.HTM" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB00568F.HTM" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/SB00866F.HTM" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/HB01886F.HTM" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/SB02075F.HTM" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/88R/billtext/html/HB03928F.HTM" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/HB00002F.HTM" TargetMode="External" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/HB00002F.HTM" TargetMode="External" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/HB00002F.HTM" TargetMode="External" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB00568F.HTM" TargetMode="External" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB00568F.HTM" TargetMode="External" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/SB00866F.HTM" TargetMode="External" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/HB01886F.HTM" TargetMode="External" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/80R/billtext/html/SB01456F.HTM" TargetMode="External" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/83R/billtext/html/SB00939F.HTM" TargetMode="External" Id="rId35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/HB00010F.HTM" TargetMode="External" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/81R/billtext/html/HB01041F.HTM" TargetMode="External" Id="rId37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/SB00471F.HTM" TargetMode="External" Id="rId38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/83R/billtext/html/SB00715F.HTM" TargetMode="External" Id="rId39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/83R/billtext/html/SB00939F.HTM" TargetMode="External" Id="rId40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/SB02039F.HTM" TargetMode="External" Id="rId41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB00111F.HTM" TargetMode="External" Id="rId42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/SB01267F.HTM" TargetMode="External" Id="rId43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/83R/billtext/html/SB00939F.HTM" TargetMode="External" Id="rId44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB02398F.HTM" TargetMode="External" Id="rId45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/SB00097F.HTM" TargetMode="External" Id="rId46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB02633F.HTM" TargetMode="External" Id="rId47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/88R/billtext/html/HB04559F.HTM" TargetMode="External" Id="rId48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/81R/billtext/html/SB01969F.HTM" TargetMode="External" Id="rId49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB00018F.HTM" TargetMode="External" Id="rId50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/79R/billtext/html/SB00042F.HTM" TargetMode="External" Id="rId51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/79R/billtext/html/SB00042F.HTM" TargetMode="External" Id="rId52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/83R/billtext/html/HB02483F.HTM" TargetMode="External" Id="rId53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB00018F.HTM" TargetMode="External" Id="rId54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/79R/billtext/html/SB00042F.HTM" TargetMode="External" Id="rId55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/79R/billtext/html/SB00042F.HTM" TargetMode="External" Id="rId56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/79R/billtext/html/SB00042F.HTM" TargetMode="External" Id="rId57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/SB01873F.HTM" TargetMode="External" Id="rId58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB00018F.HTM" TargetMode="External" Id="rId59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/793/billtext/html/HB00001F.HTM" TargetMode="External" Id="rId60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/793/billtext/html/HB00001F.HTM" TargetMode="External" Id="rId61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/SB00027F.HTM" TargetMode="External" Id="rId62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/SB00066F.HTM" TargetMode="External" Id="rId63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/SB00869F.HTM" TargetMode="External" Id="rId64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB01619F.HTM" TargetMode="External" Id="rId65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/SB00869F.HTM" TargetMode="External" Id="rId66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/80R/billtext/html/HB03167F.HTM" TargetMode="External" Id="rId67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB00018F.HTM" TargetMode="External" Id="rId68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/80R/billtext/html/SB00007F.HTM" TargetMode="External" Id="rId69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/HB00549F.HTM" TargetMode="External" Id="rId70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/80R/billtext/html/SB00007F.HTM" TargetMode="External" Id="rId71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB00865F.HTM" TargetMode="External" Id="rId72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/80R/billtext/html/SB00007F.HTM" TargetMode="External" Id="rId73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/81R/billtext/html/SB01969F.HTM" TargetMode="External" Id="rId74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/80R/billtext/html/HB01059F.HTM" TargetMode="External" Id="rId75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/SB00265F.HTM" TargetMode="External" Id="rId76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/80R/billtext/html/SB00009F.HTM" TargetMode="External" Id="rId77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/88R/billtext/html/HB00003F.HTM" TargetMode="External" Id="rId78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/80R/billtext/html/HB03171F.HTM" TargetMode="External" Id="rId79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB03489F.HTM" TargetMode="External" Id="rId80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/81R/billtext/html/SB01969F.HTM" TargetMode="External" Id="rId81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/81R/billtext/html/SB01969F.HTM" TargetMode="External" Id="rId82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/HB00744F.HTM" TargetMode="External" Id="rId83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/81R/billtext/html/SB00282F.HTM" TargetMode="External" Id="rId84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/SB00007F.HTM" TargetMode="External" Id="rId85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB00496F.HTM" TargetMode="External" Id="rId86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/SB01267F.HTM" TargetMode="External" Id="rId87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/SB01566F.HTM" TargetMode="External" Id="rId88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB00684F.HTM" TargetMode="External" Id="rId89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/88R/billtext/html/SB01506F.HTM" TargetMode="External" Id="rId90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB00684F.HTM" TargetMode="External" Id="rId91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB00706F.HTM" TargetMode="External" Id="rId92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB03607F.HTM" TargetMode="External" Id="rId93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/SB01267F.HTM" TargetMode="External" Id="rId94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/SB00011F.HTM" TargetMode="External" Id="rId95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB03607F.HTM" TargetMode="External" Id="rId96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/SB01267F.HTM" TargetMode="External" Id="rId97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/SB01267F.HTM" TargetMode="External" Id="rId98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/88R/billtext/html/HB03908F.HTM" TargetMode="External" Id="rId99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB00018F.HTM" TargetMode="External" Id="rId100" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB00018F.HTM" TargetMode="External" Id="rId101" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB00018F.HTM" TargetMode="External" Id="rId102" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB00018F.HTM" TargetMode="External" Id="rId103" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB00018F.HTM" TargetMode="External" Id="rId104" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/81R/billtext/html/HB01918F.HTM" TargetMode="External" Id="rId105" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB00018F.HTM" TargetMode="External" Id="rId106" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/81R/billtext/html/HB00281F.HTM" TargetMode="External" Id="rId107" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/80R/billtext/html/SB00530F.HTM" TargetMode="External" Id="rId108" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/821/billtext/html/SB00008F.HTM" TargetMode="External" Id="rId109" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/80R/billtext/html/SB00530F.HTM" TargetMode="External" Id="rId110" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/80R/billtext/html/SB00530F.HTM" TargetMode="External" Id="rId111" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/SB00226F.HTM" TargetMode="External" Id="rId112" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/SB00226F.HTM" TargetMode="External" Id="rId113" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/80R/billtext/html/SB00530F.HTM" TargetMode="External" Id="rId114" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/80R/billtext/html/SB00530F.HTM" TargetMode="External" Id="rId115" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/80R/billtext/html/SB00530F.HTM" TargetMode="External" Id="rId116" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/HB02038F.HTM" TargetMode="External" Id="rId117" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/HB02038F.HTM" TargetMode="External" Id="rId118" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/HB02038F.HTM" TargetMode="External" Id="rId119" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/HB02038F.HTM" TargetMode="External" Id="rId120" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB00961F.HTM" TargetMode="External" Id="rId121" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/88R/billtext/html/HB01002F.HTM" TargetMode="External" Id="rId122" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/HB02038F.HTM" TargetMode="External" Id="rId123" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/HB02038F.HTM" TargetMode="External" Id="rId124" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/HB03024F.HTM" TargetMode="External" Id="rId125" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB00961F.HTM" TargetMode="External" Id="rId126" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/88R/billtext/html/HB01002F.HTM" TargetMode="External" Id="rId127" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/HB02038F.HTM" TargetMode="External" Id="rId128" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/HB02038F.HTM" TargetMode="External" Id="rId129" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/SB01488F.HTM" TargetMode="External" Id="rId130" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB00961F.HTM" TargetMode="External" Id="rId131" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/88R/billtext/html/HB02495F.HTM" TargetMode="External" Id="rId132" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/HB02038F.HTM" TargetMode="External" Id="rId133" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/HB02038F.HTM" TargetMode="External" Id="rId134" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB02398F.HTM" TargetMode="External" Id="rId135" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB02398F.HTM" TargetMode="External" Id="rId136" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB02398F.HTM" TargetMode="External" Id="rId137" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/SB00066F.HTM" TargetMode="External" Id="rId138" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/SB00579F.HTM" TargetMode="External" Id="rId139" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/88R/billtext/html/SB00294F.HTM" TargetMode="External" Id="rId140" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB01619F.HTM" TargetMode="External" Id="rId141" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/SB00066F.HTM" TargetMode="External" Id="rId142" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/SB00579F.HTM" TargetMode="External" Id="rId143" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/SB01367F.HTM" TargetMode="External" Id="rId144" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/88R/billtext/html/SB00294F.HTM" TargetMode="External" Id="rId145" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB01619F.HTM" TargetMode="External" Id="rId146" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/SB00066F.HTM" TargetMode="External" Id="rId147" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/SB00066F.HTM" TargetMode="External" Id="rId148" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/SB00066F.HTM" TargetMode="External" Id="rId149" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/SB00066F.HTM" TargetMode="External" Id="rId150" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/SB00066F.HTM" TargetMode="External" Id="rId151" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/SB01367F.HTM" TargetMode="External" Id="rId152" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/88R/billtext/html/SB00294F.HTM" TargetMode="External" Id="rId153" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB01619F.HTM" TargetMode="External" Id="rId154" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/SB00066F.HTM" TargetMode="External" Id="rId155" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/SB00579F.HTM" TargetMode="External" Id="rId156" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB02243F.HTM" TargetMode="External" Id="rId157" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/88R/billtext/html/SB00294F.HTM" TargetMode="External" Id="rId158" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB01619F.HTM" TargetMode="External" Id="rId159" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB01619F.HTM" TargetMode="External" Id="rId160" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/SB00066F.HTM" TargetMode="External" Id="rId161" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/SB00579F.HTM" TargetMode="External" Id="rId162" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/SB00668F.HTM" TargetMode="External" Id="rId163" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB01619F.HTM" TargetMode="External" Id="rId164" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/88R/billtext/html/SB00294F.HTM" TargetMode="External" Id="rId165" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/SB00066F.HTM" TargetMode="External" Id="rId166" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/SB00579F.HTM" TargetMode="External" Id="rId167" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/SB01267F.HTM" TargetMode="External" Id="rId168" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/88R/billtext/html/SB00294F.HTM" TargetMode="External" Id="rId169" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB01619F.HTM" TargetMode="External" Id="rId170" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/SB00066F.HTM" TargetMode="External" Id="rId171" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/SB00579F.HTM" TargetMode="External" Id="rId172" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB02243F.HTM" TargetMode="External" Id="rId173" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/88R/billtext/html/SB00294F.HTM" TargetMode="External" Id="rId174" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB01619F.HTM" TargetMode="External" Id="rId175" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB01619F.HTM" TargetMode="External" Id="rId176" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/HB00549F.HTM" TargetMode="External" Id="rId177" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/SB00066F.HTM" TargetMode="External" Id="rId178" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/SB00579F.HTM" TargetMode="External" Id="rId179" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB02243F.HTM" TargetMode="External" Id="rId180" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/88R/billtext/html/SB00294F.HTM" TargetMode="External" Id="rId181" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/SB00066F.HTM" TargetMode="External" Id="rId182" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/SB00579F.HTM" TargetMode="External" Id="rId183" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/SB00066F.HTM" TargetMode="External" Id="rId184" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/SB00579F.HTM" TargetMode="External" Id="rId185" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/SB00066F.HTM" TargetMode="External" Id="rId186" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/SB00579F.HTM" TargetMode="External" Id="rId187" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB02243F.HTM" TargetMode="External" Id="rId188" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/88R/billtext/html/SB00294F.HTM" TargetMode="External" Id="rId189" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB01619F.HTM" TargetMode="External" Id="rId190" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/88R/billtext/html/SB00629F.HTM" TargetMode="External" Id="rId191" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/88R/billtext/html/SB00629F.HTM" TargetMode="External" Id="rId192" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/88R/billtext/html/SB00629F.HTM" TargetMode="External" Id="rId193" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/88R/billtext/html/SB00629F.HTM" TargetMode="External" Id="rId194" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/88R/billtext/html/SB00629F.HTM" TargetMode="External" Id="rId195" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/88R/billtext/html/SB00629F.HTM" TargetMode="External" Id="rId196" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/88R/billtext/html/SB00629F.HTM" TargetMode="External" Id="rId197" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/88R/billtext/html/SB00629F.HTM" TargetMode="External" Id="rId198" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/SB00011F.HTM" TargetMode="External" Id="rId199" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/SB00011F.HTM" TargetMode="External" Id="rId200" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB02287F.HTM" TargetMode="External" Id="rId201" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/SB00011F.HTM" TargetMode="External" Id="rId202" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB02287F.HTM" TargetMode="External" Id="rId203" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/SB00011F.HTM" TargetMode="External" Id="rId204" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/HB00006F.HTM" TargetMode="External" Id="rId205" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/SB00011F.HTM" TargetMode="External" Id="rId206" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/SB00011F.HTM" TargetMode="External" Id="rId207" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB00906F.HTM" TargetMode="External" Id="rId208" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB03607F.HTM" TargetMode="External" Id="rId209" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB00906F.HTM" TargetMode="External" Id="rId210" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB03607F.HTM" TargetMode="External" Id="rId211" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB00906F.HTM" TargetMode="External" Id="rId212" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB03607F.HTM" TargetMode="External" Id="rId213" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/HB02598F.HTM" TargetMode="External" Id="rId214" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB00906F.HTM" TargetMode="External" Id="rId215" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB03607F.HTM" TargetMode="External" Id="rId216" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB00906F.HTM" TargetMode="External" Id="rId217" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB03607F.HTM" TargetMode="External" Id="rId218" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB00906F.HTM" TargetMode="External" Id="rId219" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB03607F.HTM" TargetMode="External" Id="rId220" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB00906F.HTM" TargetMode="External" Id="rId221" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB03607F.HTM" TargetMode="External" Id="rId222" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/HB00150F.HTM" TargetMode="External" Id="rId223" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB02287F.HTM" TargetMode="External" Id="rId224" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB03607F.HTM" TargetMode="External" Id="rId225" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB00906F.HTM" TargetMode="External" Id="rId226" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB02287F.HTM" TargetMode="External" Id="rId227" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB03607F.HTM" TargetMode="External" Id="rId228" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB00906F.HTM" TargetMode="External" Id="rId229" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB03607F.HTM" TargetMode="External" Id="rId230" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB00906F.HTM" TargetMode="External" Id="rId231" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB03607F.HTM" TargetMode="External" Id="rId232" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB00906F.HTM" TargetMode="External" Id="rId233" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB03607F.HTM" TargetMode="External" Id="rId234" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB00906F.HTM" TargetMode="External" Id="rId235" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB03607F.HTM" TargetMode="External" Id="rId236" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/HB01386F.HTM" TargetMode="External" Id="rId237" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/83R/billtext/html/SB00831F.HTM" TargetMode="External" Id="rId238" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/83R/billtext/html/SB00831F.HTM" TargetMode="External" Id="rId239" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/83R/billtext/html/SB00460F.HTM" TargetMode="External" Id="rId240" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/SB00179F.HTM" TargetMode="External" Id="rId241" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/HB04056F.HTM" TargetMode="External" Id="rId242" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB00018F.HTM" TargetMode="External" Id="rId243" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB03607F.HTM" TargetMode="External" Id="rId244" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/SB01267F.HTM" TargetMode="External" Id="rId245" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/88R/billtext/html/HB03908F.HTM" TargetMode="External" Id="rId246" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/83R/billtext/html/SB00460F.HTM" TargetMode="External" Id="rId247" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB00018F.HTM" TargetMode="External" Id="rId248" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/SB00279F.HTM" TargetMode="External" Id="rId249" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId13" /><Relationship Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/80R/billtext/html/HB01098F.HTM" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/80R/billtext/html/HB01059F.HTM" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/80R/billtext/html/HB01098F.HTM" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/80R/billtext/html/HB01059F.HTM" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB03884F.HTM" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB03884F.HTM" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB03884F.HTM" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/HB00002F.HTM" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB00568F.HTM" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/SB00866F.HTM" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/HB01886F.HTM" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/SB02075F.HTM" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/88R/billtext/html/HB03928F.HTM" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/HB00002F.HTM" TargetMode="External" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/HB00002F.HTM" TargetMode="External" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/HB00002F.HTM" TargetMode="External" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB00568F.HTM" TargetMode="External" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB00568F.HTM" TargetMode="External" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/SB00866F.HTM" TargetMode="External" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/HB01886F.HTM" TargetMode="External" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/80R/billtext/html/SB01456F.HTM" TargetMode="External" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/83R/billtext/html/SB00939F.HTM" TargetMode="External" Id="rId35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/HB00010F.HTM" TargetMode="External" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/81R/billtext/html/HB01041F.HTM" TargetMode="External" Id="rId37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/SB00471F.HTM" TargetMode="External" Id="rId38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/83R/billtext/html/SB00715F.HTM" TargetMode="External" Id="rId39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/83R/billtext/html/SB00939F.HTM" TargetMode="External" Id="rId40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/SB02039F.HTM" TargetMode="External" Id="rId41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB00111F.HTM" TargetMode="External" Id="rId42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/SB01267F.HTM" TargetMode="External" Id="rId43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/83R/billtext/html/SB00939F.HTM" TargetMode="External" Id="rId44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB02398F.HTM" TargetMode="External" Id="rId45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/SB00097F.HTM" TargetMode="External" Id="rId46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB02633F.HTM" TargetMode="External" Id="rId47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/88R/billtext/html/HB04559F.HTM" TargetMode="External" Id="rId48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/81R/billtext/html/SB01969F.HTM" TargetMode="External" Id="rId49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB00018F.HTM" TargetMode="External" Id="rId50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/79R/billtext/html/SB00042F.HTM" TargetMode="External" Id="rId51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/79R/billtext/html/SB00042F.HTM" TargetMode="External" Id="rId52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/83R/billtext/html/HB02483F.HTM" TargetMode="External" Id="rId53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB00018F.HTM" TargetMode="External" Id="rId54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/79R/billtext/html/SB00042F.HTM" TargetMode="External" Id="rId55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/79R/billtext/html/SB00042F.HTM" TargetMode="External" Id="rId56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/79R/billtext/html/SB00042F.HTM" TargetMode="External" Id="rId57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/SB01873F.HTM" TargetMode="External" Id="rId58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB00018F.HTM" TargetMode="External" Id="rId59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/793/billtext/html/HB00001F.HTM" TargetMode="External" Id="rId60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/793/billtext/html/HB00001F.HTM" TargetMode="External" Id="rId61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/SB00027F.HTM" TargetMode="External" Id="rId62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/SB00066F.HTM" TargetMode="External" Id="rId63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/SB00869F.HTM" TargetMode="External" Id="rId64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB01619F.HTM" TargetMode="External" Id="rId65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/SB00869F.HTM" TargetMode="External" Id="rId66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/80R/billtext/html/HB03167F.HTM" TargetMode="External" Id="rId67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB00018F.HTM" TargetMode="External" Id="rId68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/80R/billtext/html/SB00007F.HTM" TargetMode="External" Id="rId69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/HB00549F.HTM" TargetMode="External" Id="rId70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/80R/billtext/html/SB00007F.HTM" TargetMode="External" Id="rId71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB00865F.HTM" TargetMode="External" Id="rId72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/80R/billtext/html/SB00007F.HTM" TargetMode="External" Id="rId73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/81R/billtext/html/SB01969F.HTM" TargetMode="External" Id="rId74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/80R/billtext/html/HB01059F.HTM" TargetMode="External" Id="rId75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/SB00265F.HTM" TargetMode="External" Id="rId76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/80R/billtext/html/SB00009F.HTM" TargetMode="External" Id="rId77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/88R/billtext/html/HB00003F.HTM" TargetMode="External" Id="rId78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/80R/billtext/html/HB03171F.HTM" TargetMode="External" Id="rId79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB03489F.HTM" TargetMode="External" Id="rId80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/81R/billtext/html/SB01969F.HTM" TargetMode="External" Id="rId81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/81R/billtext/html/SB01969F.HTM" TargetMode="External" Id="rId82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/HB00744F.HTM" TargetMode="External" Id="rId83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/81R/billtext/html/SB00282F.HTM" TargetMode="External" Id="rId84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/SB00007F.HTM" TargetMode="External" Id="rId85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB00496F.HTM" TargetMode="External" Id="rId86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/SB01267F.HTM" TargetMode="External" Id="rId87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/SB01566F.HTM" TargetMode="External" Id="rId88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB00684F.HTM" TargetMode="External" Id="rId89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/88R/billtext/html/SB01506F.HTM" TargetMode="External" Id="rId90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB00684F.HTM" TargetMode="External" Id="rId91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB00706F.HTM" TargetMode="External" Id="rId92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB03607F.HTM" TargetMode="External" Id="rId93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/SB01267F.HTM" TargetMode="External" Id="rId94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/SB00011F.HTM" TargetMode="External" Id="rId95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB03607F.HTM" TargetMode="External" Id="rId96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/SB01267F.HTM" TargetMode="External" Id="rId97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/SB01267F.HTM" TargetMode="External" Id="rId98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/88R/billtext/html/HB03908F.HTM" TargetMode="External" Id="rId99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB00018F.HTM" TargetMode="External" Id="rId100" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB00018F.HTM" TargetMode="External" Id="rId101" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB00018F.HTM" TargetMode="External" Id="rId102" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB00018F.HTM" TargetMode="External" Id="rId103" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB00018F.HTM" TargetMode="External" Id="rId104" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/81R/billtext/html/HB01918F.HTM" TargetMode="External" Id="rId105" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB00018F.HTM" TargetMode="External" Id="rId106" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/81R/billtext/html/HB00281F.HTM" TargetMode="External" Id="rId107" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/80R/billtext/html/SB00530F.HTM" TargetMode="External" Id="rId108" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/821/billtext/html/SB00008F.HTM" TargetMode="External" Id="rId109" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/80R/billtext/html/SB00530F.HTM" TargetMode="External" Id="rId110" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/80R/billtext/html/SB00530F.HTM" TargetMode="External" Id="rId111" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/SB00226F.HTM" TargetMode="External" Id="rId112" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/SB00226F.HTM" TargetMode="External" Id="rId113" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/80R/billtext/html/SB00530F.HTM" TargetMode="External" Id="rId114" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/80R/billtext/html/SB00530F.HTM" TargetMode="External" Id="rId115" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/80R/billtext/html/SB00530F.HTM" TargetMode="External" Id="rId116" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/HB02038F.HTM" TargetMode="External" Id="rId117" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/HB02038F.HTM" TargetMode="External" Id="rId118" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/HB02038F.HTM" TargetMode="External" Id="rId119" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/HB02038F.HTM" TargetMode="External" Id="rId120" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB00961F.HTM" TargetMode="External" Id="rId121" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/88R/billtext/html/HB01002F.HTM" TargetMode="External" Id="rId122" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/HB02038F.HTM" TargetMode="External" Id="rId123" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/HB02038F.HTM" TargetMode="External" Id="rId124" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/HB03024F.HTM" TargetMode="External" Id="rId125" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB00961F.HTM" TargetMode="External" Id="rId126" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/88R/billtext/html/HB01002F.HTM" TargetMode="External" Id="rId127" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/HB02038F.HTM" TargetMode="External" Id="rId128" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/HB02038F.HTM" TargetMode="External" Id="rId129" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/SB01488F.HTM" TargetMode="External" Id="rId130" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB00961F.HTM" TargetMode="External" Id="rId131" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/88R/billtext/html/HB02495F.HTM" TargetMode="External" Id="rId132" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/HB02038F.HTM" TargetMode="External" Id="rId133" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/HB02038F.HTM" TargetMode="External" Id="rId134" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB02398F.HTM" TargetMode="External" Id="rId135" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB02398F.HTM" TargetMode="External" Id="rId136" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB02398F.HTM" TargetMode="External" Id="rId137" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/SB00066F.HTM" TargetMode="External" Id="rId138" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/SB00579F.HTM" TargetMode="External" Id="rId139" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/88R/billtext/html/SB00294F.HTM" TargetMode="External" Id="rId140" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB01619F.HTM" TargetMode="External" Id="rId141" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/SB00066F.HTM" TargetMode="External" Id="rId142" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/SB00579F.HTM" TargetMode="External" Id="rId143" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/SB01367F.HTM" TargetMode="External" Id="rId144" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/88R/billtext/html/SB00294F.HTM" TargetMode="External" Id="rId145" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB01619F.HTM" TargetMode="External" Id="rId146" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/SB00066F.HTM" TargetMode="External" Id="rId147" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/SB00066F.HTM" TargetMode="External" Id="rId148" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/SB00066F.HTM" TargetMode="External" Id="rId149" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/SB00066F.HTM" TargetMode="External" Id="rId150" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/SB00066F.HTM" TargetMode="External" Id="rId151" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/SB01367F.HTM" TargetMode="External" Id="rId152" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/88R/billtext/html/SB00294F.HTM" TargetMode="External" Id="rId153" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB01619F.HTM" TargetMode="External" Id="rId154" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/SB00066F.HTM" TargetMode="External" Id="rId155" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/SB00579F.HTM" TargetMode="External" Id="rId156" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB02243F.HTM" TargetMode="External" Id="rId157" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/88R/billtext/html/SB00294F.HTM" TargetMode="External" Id="rId158" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB01619F.HTM" TargetMode="External" Id="rId159" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB01619F.HTM" TargetMode="External" Id="rId160" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/SB00066F.HTM" TargetMode="External" Id="rId161" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/SB00579F.HTM" TargetMode="External" Id="rId162" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/SB00668F.HTM" TargetMode="External" Id="rId163" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB01619F.HTM" TargetMode="External" Id="rId164" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/88R/billtext/html/SB00294F.HTM" TargetMode="External" Id="rId165" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/SB00066F.HTM" TargetMode="External" Id="rId166" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/SB00579F.HTM" TargetMode="External" Id="rId167" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/SB01267F.HTM" TargetMode="External" Id="rId168" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/88R/billtext/html/SB00294F.HTM" TargetMode="External" Id="rId169" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB01619F.HTM" TargetMode="External" Id="rId170" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/SB00066F.HTM" TargetMode="External" Id="rId171" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/SB00579F.HTM" TargetMode="External" Id="rId172" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB02243F.HTM" TargetMode="External" Id="rId173" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/88R/billtext/html/SB00294F.HTM" TargetMode="External" Id="rId174" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB01619F.HTM" TargetMode="External" Id="rId175" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB01619F.HTM" TargetMode="External" Id="rId176" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/HB00549F.HTM" TargetMode="External" Id="rId177" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/SB00066F.HTM" TargetMode="External" Id="rId178" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/SB00579F.HTM" TargetMode="External" Id="rId179" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB02243F.HTM" TargetMode="External" Id="rId180" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/88R/billtext/html/SB00294F.HTM" TargetMode="External" Id="rId181" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/SB00066F.HTM" TargetMode="External" Id="rId182" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/SB00579F.HTM" TargetMode="External" Id="rId183" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/SB00066F.HTM" TargetMode="External" Id="rId184" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/SB00579F.HTM" TargetMode="External" Id="rId185" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/SB00066F.HTM" TargetMode="External" Id="rId186" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/SB00579F.HTM" TargetMode="External" Id="rId187" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB02243F.HTM" TargetMode="External" Id="rId188" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/88R/billtext/html/SB00294F.HTM" TargetMode="External" Id="rId189" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB01619F.HTM" TargetMode="External" Id="rId190" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/88R/billtext/html/SB00629F.HTM" TargetMode="External" Id="rId191" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/88R/billtext/html/SB00629F.HTM" TargetMode="External" Id="rId192" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/88R/billtext/html/SB00629F.HTM" TargetMode="External" Id="rId193" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/88R/billtext/html/SB00629F.HTM" TargetMode="External" Id="rId194" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/88R/billtext/html/SB00629F.HTM" TargetMode="External" Id="rId195" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/88R/billtext/html/SB00629F.HTM" TargetMode="External" Id="rId196" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/88R/billtext/html/SB00629F.HTM" TargetMode="External" Id="rId197" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/88R/billtext/html/SB00629F.HTM" TargetMode="External" Id="rId198" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/SB00011F.HTM" TargetMode="External" Id="rId199" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/SB00011F.HTM" TargetMode="External" Id="rId200" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB02287F.HTM" TargetMode="External" Id="rId201" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/SB00011F.HTM" TargetMode="External" Id="rId202" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB02287F.HTM" TargetMode="External" Id="rId203" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/SB00011F.HTM" TargetMode="External" Id="rId204" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/HB00006F.HTM" TargetMode="External" Id="rId205" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/SB00011F.HTM" TargetMode="External" Id="rId206" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/SB00011F.HTM" TargetMode="External" Id="rId207" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/HB01386F.HTM" TargetMode="External" Id="rId208" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/83R/billtext/html/SB00831F.HTM" TargetMode="External" Id="rId209" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/83R/billtext/html/SB00831F.HTM" TargetMode="External" Id="rId210" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/83R/billtext/html/SB00460F.HTM" TargetMode="External" Id="rId211" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/SB00179F.HTM" TargetMode="External" Id="rId212" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/HB04056F.HTM" TargetMode="External" Id="rId213" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB00018F.HTM" TargetMode="External" Id="rId214" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB03607F.HTM" TargetMode="External" Id="rId215" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/SB01267F.HTM" TargetMode="External" Id="rId216" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/88R/billtext/html/HB03908F.HTM" TargetMode="External" Id="rId217" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/83R/billtext/html/SB00460F.HTM" TargetMode="External" Id="rId218" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB00018F.HTM" TargetMode="External" Id="rId219" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/SB00279F.HTM" TargetMode="External" Id="rId220" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>