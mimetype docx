--- v0 (2025-10-21)
+++ v1 (2025-12-06)
@@ -241,108 +241,237 @@
         <w:t xml:space="preserve">The registrar may keep the office open for voter registration activities at times other than regular office hours.  The registrar shall post notice of the irregular days and hours the office will be open.  The notice must remain posted continuously at each entrance to the registrar's office for the period beginning not later than the third day before the day the office is to be open during irregular hours and ending after the last time specified in the notice for the office to be open.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(c)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The registrar's office shall remain open for voter registration activities during the hours the polls are required to be open for voting on the date of any general or primary election in which a statewide office appears on the ballot or any other election held in the county on a uniform election date.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
-        <w:ind w:firstLine="720"/>
-[...46 lines deleted...]
-        <w:t xml:space="preserve">Acts 2025, 89th Leg., R.S., Ch. 1184 (S.B. </w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Text of subsection prior to the amendments made by Acts 2025, 89th Leg., R.S., Ch. 1184 (S.B. </w:t>
       </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId14">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2753</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
+        <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2025.  Applies to elections ordered before the date the Secretary of State issues the report required by Acts 2025, 89th Leg., R.S., Ch. 1184 (S.B. </w:t>
+      </w:r>
+      <w:hyperlink w:docLocation="table" r:id="rId15">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>2753</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">), Sec. 32, eff. September 1, 2025.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(d)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">If early voting by personal appearance is required to be conducted for extended hours under Section </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">85.005</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">(c) or for weekend hours under Section </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">85.006</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">(e), the registrar's office shall remain open for providing voter registration information during the extended hours or weekend hours that the main early voting polling place is open for voting.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Text of subsection as amended by Acts 2025, 89th Leg., R.S., Ch. 1184 (S.B. </w:t>
+      </w:r>
+      <w:hyperlink w:docLocation="table" r:id="rId16">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>2753</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2025.  Applies to elections ordered on or after the date the Secretary of State issues the report required by Acts 2025, 89th Leg., R.S., Ch. 1184 (S.B. </w:t>
+      </w:r>
+      <w:hyperlink w:docLocation="table" r:id="rId17">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>2753</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">), Sec. 32, eff. September 1, 2025.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(d)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">If early voting by personal appearance is required to be conducted for extended hours under Section </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">85.005</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">(c), the registrar's office shall remain open for providing voter registration information during the extended hours that the main early voting polling place is open for voting.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Acts 1985, 69th Leg., ch. 211, Sec. 1, eff. Jan. 1, 1986.  Amended by Acts 1987, 70th Leg., ch. 54, Sec. 1(a), eff. Sept. 1, 1987;  Acts 1993, 73rd Leg., ch. 916, Sec. 2, eff. Sept. 1, 1993.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Amended by: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Acts 2025, 89th Leg., R.S., Ch. 1184 (S.B. </w:t>
+      </w:r>
+      <w:hyperlink w:docLocation="table" r:id="rId18">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>2753</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Sec.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">12.005.</w:t>
       </w:r>
       <w:r xml:space="preserve">
@@ -516,93 +645,93 @@
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1985, 69th Leg., ch. 211, Sec. 1, eff. Jan. 1, 1986.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Amended by: </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 2011, 82nd Leg., R.S., Ch. 507 (H.B. </w:t>
       </w:r>
-      <w:hyperlink w:docLocation="table" r:id="rId15">
+      <w:hyperlink w:docLocation="table" r:id="rId19">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1570</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 2011, 82nd Leg., R.S., Ch. 1002 (H.B. </w:t>
       </w:r>
-      <w:hyperlink w:docLocation="table" r:id="rId16">
+      <w:hyperlink w:docLocation="table" r:id="rId20">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2194</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 2013, 83rd Leg., R.S., Ch. 161 (S.B. </w:t>
       </w:r>
-      <w:hyperlink w:docLocation="table" r:id="rId17">
+      <w:hyperlink w:docLocation="table" r:id="rId21">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1093</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 22.001(13), eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Sec. 12.007.</w:t>
@@ -780,71 +909,71 @@
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(c)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The secretary of state shall prescribe rules for the administration of this section.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 2021, 87th Leg., R.S., Ch. 435 (S.B. </w:t>
       </w:r>
-      <w:hyperlink w:docLocation="table" r:id="rId18">
+      <w:hyperlink w:docLocation="table" r:id="rId22">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1113</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Transferred, redesignated and amended from Election Code, Section 16.039 by Acts 2025, 89th Leg., R.S., Ch. 975 (S.B. </w:t>
       </w:r>
-      <w:hyperlink w:docLocation="table" r:id="rId19">
+      <w:hyperlink w:docLocation="table" r:id="rId23">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>510</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER B. COUNTY CLERK AS VOTER REGISTRAR</w:t>
       </w:r>
@@ -944,51 +1073,51 @@
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1985, 69th Leg., ch. 211, Sec. 1, eff. Jan. 1, 1986.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Amended by: </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 2019, 86th Leg., R.S., Ch. 338 (S.B. </w:t>
       </w:r>
-      <w:hyperlink w:docLocation="table" r:id="rId20">
+      <w:hyperlink w:docLocation="table" r:id="rId24">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>893</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2019.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Sec.</w:t>
@@ -1092,51 +1221,51 @@
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1985, 69th Leg., ch. 211, Sec. 1, eff. Jan. 1, 1986.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Amended by: </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 2019, 86th Leg., R.S., Ch. 338 (S.B. </w:t>
       </w:r>
-      <w:hyperlink w:docLocation="table" r:id="rId21">
+      <w:hyperlink w:docLocation="table" r:id="rId25">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>893</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. September 1, 2019.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidRPr="004B75FD" w:rsidR="003F3435" w:rsidSect="003F3435">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:headerReference w:type="first" r:id="rId10"/>
       <w:footerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="20160" w:code="5"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1080" w:left="1440" w:header="0" w:footer="1440" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
@@ -2032,51 +2161,51 @@
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="000C687B"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId13" /><Relationship Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB02753F.HTM" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/HB01570F.HTM" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/HB02194F.HTM" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/83R/billtext/html/SB01093F.HTM" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/SB01113F.HTM" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB00510F.HTM" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/SB00893F.HTM" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/SB00893F.HTM" TargetMode="External" Id="rId21" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId13" /><Relationship Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB02753F.HTM" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB02753F.HTM" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB02753F.HTM" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB02753F.HTM" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB02753F.HTM" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/HB01570F.HTM" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/HB02194F.HTM" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/83R/billtext/html/SB01093F.HTM" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/SB01113F.HTM" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB00510F.HTM" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/SB00893F.HTM" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/SB00893F.HTM" TargetMode="External" Id="rId25" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>