--- v0 (2025-10-20)
+++ v1 (2025-12-06)
@@ -2911,50 +2911,156 @@
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Amended by: </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 2009, 81st Leg., R.S., Ch. 682 (H.B. </w:t>
       </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId37">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2524</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. September 1, 2009.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Text of section prior to repeal by Acts 2025, 89th Leg., R.S., Ch. 1184 (S.B. </w:t>
+      </w:r>
+      <w:hyperlink w:docLocation="table" r:id="rId38">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>2753</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">), Sec. 31(10), eff. September 1, 2025.  Applies to elections ordered before the date the Secretary of State issues the report required by Acts 2025, 89th Leg., R.S., Ch. 1184 (S.B. </w:t>
+      </w:r>
+      <w:hyperlink w:docLocation="table" r:id="rId39">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>2753</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">), Sec. 32, eff. September 1, 2025.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Sec. 129.057.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">USE OF MACHINE IN EARLY VOTING.  A direct recording electronic voting machine deployed for early voting may not be deployed on election day.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Amended by: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Acts 2009, 81st Leg., R.S., Ch. 682 (H.B. </w:t>
+      </w:r>
+      <w:hyperlink w:docLocation="table" r:id="rId40">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>2524</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">), Sec. 2, eff. September 1, 2009.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Repealed by Acts 2025, 89th Leg., R.S., Ch. 1184 (S.B. </w:t>
+      </w:r>
+      <w:hyperlink w:docLocation="table" r:id="rId41">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>2753</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">), Sec. 31(10), eff. September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidRPr="004B75FD" w:rsidR="003F3435" w:rsidSect="003F3435">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:headerReference w:type="first" r:id="rId10"/>
       <w:footerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="20160" w:code="5"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1080" w:left="1440" w:header="0" w:footer="1440" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w:rsidR="00A4038E" w:rsidRDefault="00A4038E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
@@ -3841,51 +3947,51 @@
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="000C687B"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId13" /><Relationship Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/81R/billtext/html/HB02524F.HTM" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/81R/billtext/html/HB02524F.HTM" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/SB00598F.HTM" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/81R/billtext/html/HB02524F.HTM" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB02166F.HTM" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/81R/billtext/html/HB02524F.HTM" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/81R/billtext/html/HB02524F.HTM" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/HB02817F.HTM" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/HB00025F.HTM" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/HB01735F.HTM" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB00933F.HTM" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/872/billtext/html/SB00001F.HTM" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB02166F.HTM" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB02166F.HTM" TargetMode="External" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/81R/billtext/html/HB02524F.HTM" TargetMode="External" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB02166F.HTM" TargetMode="External" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/81R/billtext/html/HB02524F.HTM" TargetMode="External" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB02216F.HTM" TargetMode="External" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/81R/billtext/html/HB02524F.HTM" TargetMode="External" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/81R/billtext/html/HB02524F.HTM" TargetMode="External" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/81R/billtext/html/HB02524F.HTM" TargetMode="External" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/SB00598F.HTM" TargetMode="External" Id="rId35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/81R/billtext/html/HB02524F.HTM" TargetMode="External" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/81R/billtext/html/HB02524F.HTM" TargetMode="External" Id="rId37" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId13" /><Relationship Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/81R/billtext/html/HB02524F.HTM" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/81R/billtext/html/HB02524F.HTM" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/SB00598F.HTM" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/81R/billtext/html/HB02524F.HTM" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB02166F.HTM" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/81R/billtext/html/HB02524F.HTM" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/81R/billtext/html/HB02524F.HTM" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/HB02817F.HTM" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/HB00025F.HTM" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/HB01735F.HTM" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB00933F.HTM" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/872/billtext/html/SB00001F.HTM" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB02166F.HTM" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB02166F.HTM" TargetMode="External" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/81R/billtext/html/HB02524F.HTM" TargetMode="External" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB02166F.HTM" TargetMode="External" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/81R/billtext/html/HB02524F.HTM" TargetMode="External" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB02216F.HTM" TargetMode="External" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/81R/billtext/html/HB02524F.HTM" TargetMode="External" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/81R/billtext/html/HB02524F.HTM" TargetMode="External" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/81R/billtext/html/HB02524F.HTM" TargetMode="External" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/SB00598F.HTM" TargetMode="External" Id="rId35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/81R/billtext/html/HB02524F.HTM" TargetMode="External" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/81R/billtext/html/HB02524F.HTM" TargetMode="External" Id="rId37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB02753F.HTM" TargetMode="External" Id="rId38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB02753F.HTM" TargetMode="External" Id="rId39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/81R/billtext/html/HB02524F.HTM" TargetMode="External" Id="rId40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB02753F.HTM" TargetMode="External" Id="rId41" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>