--- v0 (2025-10-20)
+++ v1 (2025-12-06)
@@ -9427,51 +9427,184 @@
         <w:t xml:space="preserve">), Sec. 43, eff. September 1, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Sec. 172.124.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">REPORTING PRECINCT RESULTS TO SECRETARY OF STATE RELATING TO CANDIDATES WHO FILED AN APPLICATION FOR A PLACE ON THE BALLOT IN ACCORDANCE WITH THE GENERAL REQUIREMENTS.  (a)</w:t>
+        <w:t xml:space="preserve">REPORTING PRECINCT RESULTS TO SECRETARY OF STATE RELATING TO CANDIDATES WHO FILED AN APPLICATION FOR A PLACE ON THE BALLOT IN ACCORDANCE WITH THE GENERAL REQUIREMENTS.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Text of subsection prior to the amendments made by Acts 2025, 89th Leg., R.S., Ch. 1184 (S.B. </w:t>
+      </w:r>
+      <w:hyperlink w:docLocation="table" r:id="rId114">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>2753</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">), Sec. 30, eff. September 1, 2025.  Applies to elections ordered before the date the Secretary of State issues the report required by Acts 2025, 89th Leg., R.S., Ch. 1184 (S.B. </w:t>
+      </w:r>
+      <w:hyperlink w:docLocation="table" r:id="rId115">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>2753</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">), Sec. 32, eff. September 1, 2025.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(a)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">For each primary election, the county clerk shall prepare a report of the number of votes, including early voting votes, received in each county election precinct by each candidate for an office, other than a party office, as provided by Section </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">67.017</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> for the report of precinct results for a general election.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Text of subsection as amended by Acts 2025, 89th Leg., R.S., Ch. 1184 (S.B. </w:t>
+      </w:r>
+      <w:hyperlink w:docLocation="table" r:id="rId116">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>2753</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">), Sec. 30, eff. September 1, 2025.  Applies to elections ordered on or after the date the Secretary of State issues the report required by Acts 2025, 89th Leg., R.S., Ch. 1184 (S.B. </w:t>
+      </w:r>
+      <w:hyperlink w:docLocation="table" r:id="rId117">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>2753</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">), Sec. 32, eff. September 1, 2025.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">For each primary election, the county clerk shall prepare a report of the number of votes received in each county election precinct by each candidate for an office, other than a party office, as provided by Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">67.017</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> for the report of precinct results for a general election.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
@@ -9535,1331 +9668,1331 @@
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1985, 69th Leg., ch. 211, Sec. 1, eff. Jan. 1, 1986.  Amended by Acts 1987, 70th Leg., ch. 54, Sec. 2(d), eff. Sept. 1, 1987;  Acts 1989, 71st Leg., ch. 114, Sec. 13, eff. Sept. 1, 1989;  Acts 1991, 72nd Leg., ch. 203, Sec. 2.64;  Acts 1991, 72nd Leg., ch. 554, Sec. 35, eff. Sept. 1, 1991;  Acts 1997, 75th Leg., ch. 864, Sec. 154, eff. Sept. 1, 1997.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Amended by: </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 2013, 83rd Leg., R.S., Ch. 1055 (H.B. </w:t>
       </w:r>
-      <w:hyperlink w:docLocation="table" r:id="rId114">
+      <w:hyperlink w:docLocation="table" r:id="rId118">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>3103</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 9, eff. June 14, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 2015, 84th Leg., R.S., Ch. 1179 (S.B. </w:t>
       </w:r>
-      <w:hyperlink w:docLocation="table" r:id="rId115">
+      <w:hyperlink w:docLocation="table" r:id="rId119">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1073</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 13, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 2015, 84th Leg., R.S., Ch. 1179 (S.B. </w:t>
       </w:r>
-      <w:hyperlink w:docLocation="table" r:id="rId116">
+      <w:hyperlink w:docLocation="table" r:id="rId120">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1073</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 14, eff. September 1, 2015.</w:t>
-      </w:r>
-[...409 lines deleted...]
-        <w:t xml:space="preserve">Amended by: </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 2017, 85th Leg., R.S., Ch. 828 (H.B. </w:t>
       </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId121">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1735</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
-        <w:t xml:space="preserve">), Sec. 45, eff. September 1, 2017.</w:t>
-[...33 lines deleted...]
-        <w:t xml:space="preserve">Repealed by Acts 2017, 85th Leg., R.S., Ch. 828 (H.B. </w:t>
+        <w:t xml:space="preserve">), Sec. 44, eff. September 1, 2017.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Acts 2019, 86th Leg., R.S., Ch. 1131 (H.B. </w:t>
       </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId122">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>1735</w:t>
+          <w:t>2640</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
-        <w:t xml:space="preserve">), Sec. 64(4), eff. September 1, 2017.</w:t>
-[...84 lines deleted...]
-        <w:t xml:space="preserve">Added by Acts 2009, 81st Leg., R.S., Ch. 606 (H.B. </w:t>
+        <w:t xml:space="preserve">), Sec. 31, eff. September 1, 2019.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Acts 2025, 89th Leg., R.S., Ch. 1184 (S.B. </w:t>
       </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId123">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>719</w:t>
+          <w:t>2753</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
-        <w:t xml:space="preserve">), Sec. 2, eff. September 1, 2009.</w:t>
+        <w:t xml:space="preserve">), Sec. 30, eff. September 1, 2025.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">172.125.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">ADDITIONAL PROCEDURE FOR ACCEPTING VOTERS IN RUNOFF.  (a)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">For a runoff primary election, the voter registrar shall make appropriate notations to indicate the preceding party primary for which the voter was accepted for voting, if any.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(b)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">An election officer at a runoff primary election polling place shall determine whether the name of a voter offering to vote is noted on the list as having been accepted for voting in another party's primary.  If the voter's name is so noted, the voter may not be accepted for voting at the runoff unless the voter executes an affidavit stating that the voter did not vote in the primary or participate in a convention of another party during the same voting year.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Added by Acts 1993, 73rd Leg., ch. 728, Sec. 67, eff. Sept. 1, 1993.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Amended by: </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Acts 2017, 85th Leg., R.S., Ch. 828 (H.B. </w:t>
+        <w:t xml:space="preserve">Acts 2013, 83rd Leg., R.S., Ch. 1055 (H.B. </w:t>
       </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId124">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>1735</w:t>
+          <w:t>3103</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
-        <w:t xml:space="preserve">), Sec. 46, eff. September 1, 2017.</w:t>
+        <w:t xml:space="preserve">), Sec. 10, eff. June 14, 2013.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">172.126.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">JOINT PRIMARIES AUTHORIZED.  (a)  The primary elections in a county may be conducted jointly at the regular polling places designated for the general election for state and county officers.  The county clerk shall supervise the overall conduct of the joint primary elections.  This section applies to the conduct of joint primary elections notwithstanding and in addition to other applicable provisions of this code.  The decision to conduct a joint general primary election or runoff primary election, as applicable, must be made by majority vote of the full membership of the commissioners court and with the unanimous approval of the county clerk and the county chair of each political party required to nominate candidates by primary election.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(b)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">The county clerk shall determine whether to consolidate election precincts under Section </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">42.009</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> and shall designate the location of the polling place in a consolidated precinct.  To the extent possible, a polling place shall be designated that will accommodate the precinct conventions of each political party.  If a polling place, whether for a regular or consolidated precinct, is not suitable for more than one precinct convention, the polling place may be used by the party whose candidate for governor received the most votes in the county in the most recent gubernatorial general election.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(c)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">One set of election officers shall conduct the primary elections at each polling place.  Not later than the second Monday in December preceding the primary elections, each county chair shall deliver to the county clerk a list of the names of the election judges and clerks for that party.  The presiding judge of each party, or alternate judge if applicable, serves as a co-judge for the precinct.  If an eligible presiding co-judge and alternate co-judge cannot be found to serve for a particular party in a precinct, a joint primary may not be conducted in that precinct, and that precinct must be consolidated with another precinct that has an eligible presiding co-judge and alternate co-judge to serve for each party.  The county clerk shall appoint the election clerks in accordance with rules prescribed by the secretary of state.  The secretary of state shall prescribe the maximum number of clerks that may be appointed for each precinct.  The early voting ballot board and any central counting station shall also be composed of and administered by one set of election officers that provides representation for each party, and the secretary of state by rule shall prescribe procedures consistent with this subsection for the appointment of those officers.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(d)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Each co-judge has the law enforcement duties and powers provided under Section </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">32.075</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">.  Each co-judge has the exclusive authority to conduct challenges on the eligibility of voters, tabulate the votes, and deliver the election returns in the primary of the party with which that judge is affiliated or aligned.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(e)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">The county clerk shall obtain the candidates' names that are to appear on the primary ballot, office sought, and candidate and office ballot order from the certified list on the secretary of state's website.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(f)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">The county clerk shall determine the ballot format and voting system for each election precinct and shall procure the election equipment and supplies.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(g)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">A separate set of ballot boxes or other suitable containers approved by the secretary of state shall be used for each party's primary, except that one set of ballot boxes or other containers may be used in a joint primary using an electronic voting system in which the ballots are deposited by the voters directly into a unit of automatic tabulating equipment.  The lists of registered voters and the voters' registration certificates shall be marked and stamped to show the appropriate party affiliation for each voter.  A separate list of registered voters shall be used for each party's primary.  The secretary of state by rule shall prescribe requirements to ensure that one party's ballot is readily distinguished from another's, which may include the use of different colors of ink.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(g-1)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">A voter shall be allowed privacy to the extent possible when indicating the voter's choice as to which political party's primary the voter chooses to vote in.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">A voter may indicate, without verbalizing, the voter's choice by pointing to which party's ballot the voter chooses.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">The secretary of state shall prescribe a sign to inform voters of this option, and the co-judges of each polling place shall post the sign beside the signature roster.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(h)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Separate election returns shall be prepared for each party's primary and shall be canvassed as provided by this code.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(i)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">The secretary of state by rule shall prescribe the procedures necessary to implement this section to ensure the orderly and proper administration of joint primary elections.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Added by Acts 1997, 75th Leg., ch. 1349, Sec. 62, eff. Sept. 1, 1997.  Amended by Acts 2003, 78th Leg., ch. 1316, Sec. 37, eff. Sept. 1, 2003.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Amended by: </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 2017, 85th Leg., R.S., Ch. 828 (H.B. </w:t>
       </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId125">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1735</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
-        <w:t xml:space="preserve">), Sec. 64(4), eff. September 1, 2017.</w:t>
-[...250 lines deleted...]
-        <w:t xml:space="preserve">Added by Acts 2013, 83rd Leg., R.S., Ch. 1262 (H.B. </w:t>
+        <w:t xml:space="preserve">), Sec. 45, eff. September 1, 2017.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Sec. 172.127.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">CONTENT OF SIGN USED TO IDENTIFY POLLING PLACE LOCATION.  (a)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Repealed by Acts 2017, 85th Leg., R.S., Ch. 828 (H.B. </w:t>
       </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId126">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>630</w:t>
+          <w:t>1735</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
-        <w:t xml:space="preserve">), Sec. 3, eff. June 14, 2013.</w:t>
-[...18 lines deleted...]
-        <w:t xml:space="preserve">Acts 2015, 84th Leg., R.S., Ch. 264 (S.B. </w:t>
+        <w:t xml:space="preserve">), Sec. 64(4), eff. September 1, 2017.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(b)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">The presiding judge or alternate presiding judge for the precinct may post signs at a polling place for a primary election or a primary runoff election that:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="1440"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(1)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">identify the names of, or symbols representing, any political parties holding an election at the polling place; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="1440"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(2)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">do not refer to a candidate or measure on the ballot.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(c)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">The secretary of state shall adopt rules to provide that signs posted as authorized by Subsection (b) in the same county have a similar size and format.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Added by Acts 2009, 81st Leg., R.S., Ch. 606 (H.B. </w:t>
       </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId127">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>1448</w:t>
+          <w:t>719</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
-        <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2015.</w:t>
+        <w:t xml:space="preserve">), Sec. 2, eff. September 1, 2009.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Amended by: </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 2017, 85th Leg., R.S., Ch. 828 (H.B. </w:t>
       </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId128">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1735</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
-        <w:t xml:space="preserve">), Sec. 47, eff. September 1, 2017.</w:t>
-[...99 lines deleted...]
-        <w:t xml:space="preserve">Added by Acts 2017, 85th Leg., R.S., Ch. 828 (H.B. </w:t>
+        <w:t xml:space="preserve">), Sec. 46, eff. September 1, 2017.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Acts 2017, 85th Leg., R.S., Ch. 828 (H.B. </w:t>
       </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId129">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1735</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
-        <w:t xml:space="preserve">), Sec. 48, eff. September 1, 2017.</w:t>
-[...48 lines deleted...]
-        <w:t xml:space="preserve">172.116</w:t>
+        <w:t xml:space="preserve">), Sec. 64(4), eff. September 1, 2017.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Sec. 172.128.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">ALTERNATIVE PRIMARY PROCEDURE FOR COUNTIES WITHOUT COUNTY PARTY LEADERSHIP.  (a)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Notwithstanding a conflicting provision of this code, a primary election that is required for the nomination of a political party to a statewide office, a multicounty district office, or a presidential primary election shall be held in accordance with this section in a county in which:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="1440"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(1)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">the office of county chair is vacant and there is an insufficient number of members serving on the county executive committee to fill a vacancy on the committee; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="1440"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(2)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">the party is unable to establish a temporary executive committee under Section </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">171.027</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">The state chair must notify the county chair or county executive committee in writing or electronically that a duty has been performed under the authority of this section.</w:t>
+        <w:t xml:space="preserve">On request of the state chair of a political party, a county clerk, county tax assessor-collector, or county elections administrator, as appropriate, shall contract with the state chair to hold a primary election under this section.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(c)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">If a county chair has a reasonable impediment or lacks appropriate technology to perform any administrative duty of the county chair related to the conduct of a primary election within the time required by law, the county chair may request that the state chair, or the state chair's designee, perform the duty instead of the county chair.</w:t>
+        <w:t xml:space="preserve">The county clerk may combine voting precincts for an election held under this section to the extent necessary to adequately serve the voters.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(d)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">The state chair may act in the role of the county chair for the purposes of Subchapter </w:t>
+        <w:t xml:space="preserve">Voting shall be conducted at least during the hours that the county clerk's main business office is regularly open for business.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(e)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">The election returns for an election held under this section shall be delivered to the state chair of the applicable political party.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(f)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">A precinct convention is not required to be held following a primary election conducted under this section.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(g)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">A contract for election services entered into under this section shall provide that the county shall be eligible to be reimbursed for primary election expenses in the same manner a county chair would be reimbursed under Subchapter </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">D</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, Chapter </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">173</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">, with the approval of the secretary of state.</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">(e)</w:t>
+        <w:t xml:space="preserve">.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(h)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Election officers appointed to serve a polling place for a primary election conducted under this section may be affiliated or aligned with any political party.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(i)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The secretary of state shall adopt rules to implement this section in accordance with the conduct of elections and with party rule.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Added by Acts 2017, 85th Leg., R.S., Ch. 828 (H.B. </w:t>
+        <w:t xml:space="preserve">Added by Acts 2013, 83rd Leg., R.S., Ch. 1262 (H.B. </w:t>
       </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId130">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>630</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">), Sec. 3, eff. June 14, 2013.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Amended by: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Acts 2015, 84th Leg., R.S., Ch. 264 (S.B. </w:t>
+      </w:r>
+      <w:hyperlink w:docLocation="table" r:id="rId131">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>1448</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2015.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Acts 2017, 85th Leg., R.S., Ch. 828 (H.B. </w:t>
+      </w:r>
+      <w:hyperlink w:docLocation="table" r:id="rId132">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1735</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
+        <w:t xml:space="preserve">), Sec. 47, eff. September 1, 2017.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Sec. 172.129.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">STATEMENTS MADE BY ELECTION OFFICER WHEN PRIMARIES CONDUCTED AT SAME LOCATION.  (a)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">This section applies only to a polling place used to hold an election for more than one political party.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(b)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">An election officer conducting a primary election may not:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="1440"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(1)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">suggest a political party's ballot to a voter; or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="1440"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(2)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">discuss any race on the ballot with a voter.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Added by Acts 2017, 85th Leg., R.S., Ch. 828 (H.B. </w:t>
+      </w:r>
+      <w:hyperlink w:docLocation="table" r:id="rId133">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>1735</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
         <w:t xml:space="preserve">), Sec. 48, eff. September 1, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Sec. 172.130.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">ACTION BY STATE CHAIR TO MEET DEADLINES FOR CONDUCT OF PRIMARY.  (a)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Notwithstanding a conflicting provision of this code, the state chair, or the state chair's designee, may perform any administrative duty of the county chair, county chair's designee, or county executive committee related to the conduct of a primary election that has not been performed in the time required by law, including the submission of candidate information under Section </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">172.029</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, drawing for ballot order under Section </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">172.082</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, and canvassing returns under Section </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">172.116</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(b)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">The state chair must notify the county chair or county executive committee in writing or electronically that a duty has been performed under the authority of this section.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(c)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">If a county chair has a reasonable impediment or lacks appropriate technology to perform any administrative duty of the county chair related to the conduct of a primary election within the time required by law, the county chair may request that the state chair, or the state chair's designee, perform the duty instead of the county chair.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(d)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">The state chair may act in the role of the county chair for the purposes of Subchapter </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">D</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, Chapter </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">173</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, with the approval of the secretary of state.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(e)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">The secretary of state shall adopt rules to implement this section in accordance with the conduct of elections and with party rule.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Added by Acts 2017, 85th Leg., R.S., Ch. 828 (H.B. </w:t>
+      </w:r>
+      <w:hyperlink w:docLocation="table" r:id="rId134">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>1735</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">), Sec. 48, eff. September 1, 2017.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Amended by: </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 2019, 86th Leg., R.S., Ch. 1131 (H.B. </w:t>
       </w:r>
-      <w:hyperlink w:docLocation="table" r:id="rId131">
+      <w:hyperlink w:docLocation="table" r:id="rId135">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2640</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 32, eff. September 1, 2019.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidRPr="004B75FD" w:rsidR="003F3435" w:rsidSect="003F3435">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:headerReference w:type="first" r:id="rId10"/>
       <w:footerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="20160" w:code="5"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1080" w:left="1440" w:header="0" w:footer="1440" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
@@ -11755,51 +11888,51 @@
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="000C687B"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId13" /><Relationship Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/HB02702F.HTM" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/SB01073F.HTM" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/SB01073F.HTM" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/SB00044F.HTM" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/HB00766F.HTM" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/83R/billtext/html/HB03103F.HTM" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/SB01073F.HTM" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB02640F.HTM" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB02640F.HTM" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/SB00100F.HTM" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/79R/billtext/html/HB00964F.HTM" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/79R/billtext/html/HB01163F.HTM" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/81R/billtext/html/HB00328F.HTM" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/81R/billtext/html/SB01016F.HTM" TargetMode="External" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/HB02702F.HTM" TargetMode="External" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/88R/billtext/html/HB04559F.HTM" TargetMode="External" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/SB00100F.HTM" TargetMode="External" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/83R/billtext/html/HB03103F.HTM" TargetMode="External" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/SB01703F.HTM" TargetMode="External" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/SB01073F.HTM" TargetMode="External" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB00901F.HTM" TargetMode="External" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/81R/billtext/html/HB01265F.HTM" TargetMode="External" Id="rId35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/HB03270F.HTM" TargetMode="External" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/83R/billtext/html/HB03103F.HTM" TargetMode="External" Id="rId37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/SB00100F.HTM" TargetMode="External" Id="rId38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/SB01703F.HTM" TargetMode="External" Id="rId39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/SB00100F.HTM" TargetMode="External" Id="rId40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/83R/billtext/html/SB00904F.HTM" TargetMode="External" Id="rId41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/83R/billtext/html/SB00910F.HTM" TargetMode="External" Id="rId42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB02640F.HTM" TargetMode="External" Id="rId43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/83R/billtext/html/HB03103F.HTM" TargetMode="External" Id="rId44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/HB02817F.HTM" TargetMode="External" Id="rId45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/SB00100F.HTM" TargetMode="External" Id="rId46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/83R/billtext/html/SB00904F.HTM" TargetMode="External" Id="rId47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/83R/billtext/html/SB00910F.HTM" TargetMode="External" Id="rId48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/SB00100F.HTM" TargetMode="External" Id="rId49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/83R/billtext/html/SB00904F.HTM" TargetMode="External" Id="rId50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/83R/billtext/html/SB00910F.HTM" TargetMode="External" Id="rId51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/SB00100F.HTM" TargetMode="External" Id="rId52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/SB01703F.HTM" TargetMode="External" Id="rId53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/SB00100F.HTM" TargetMode="External" Id="rId54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/83R/billtext/html/HB03103F.HTM" TargetMode="External" Id="rId55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/SB01703F.HTM" TargetMode="External" Id="rId56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/HB01735F.HTM" TargetMode="External" Id="rId57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB02640F.HTM" TargetMode="External" Id="rId58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/HB01735F.HTM" TargetMode="External" Id="rId59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/HB01735F.HTM" TargetMode="External" Id="rId60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/HB01735F.HTM" TargetMode="External" Id="rId61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/HB01735F.HTM" TargetMode="External" Id="rId62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/HB01735F.HTM" TargetMode="External" Id="rId63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/83R/billtext/html/HB03103F.HTM" TargetMode="External" Id="rId64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/HB01735F.HTM" TargetMode="External" Id="rId65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/HB01735F.HTM" TargetMode="External" Id="rId66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB02640F.HTM" TargetMode="External" Id="rId67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB02640F.HTM" TargetMode="External" Id="rId68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/HB01735F.HTM" TargetMode="External" Id="rId69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB02640F.HTM" TargetMode="External" Id="rId70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/HB01735F.HTM" TargetMode="External" Id="rId71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB02640F.HTM" TargetMode="External" Id="rId72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/83R/billtext/html/HB01996F.HTM" TargetMode="External" Id="rId73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/HB01735F.HTM" TargetMode="External" Id="rId74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB02640F.HTM" TargetMode="External" Id="rId75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/HB01735F.HTM" TargetMode="External" Id="rId76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/HB01735F.HTM" TargetMode="External" Id="rId77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/HB01735F.HTM" TargetMode="External" Id="rId78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/HB01735F.HTM" TargetMode="External" Id="rId79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/HB01735F.HTM" TargetMode="External" Id="rId80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB02640F.HTM" TargetMode="External" Id="rId81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB03607F.HTM" TargetMode="External" Id="rId82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/HB01735F.HTM" TargetMode="External" Id="rId83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/HB01735F.HTM" TargetMode="External" Id="rId84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB02640F.HTM" TargetMode="External" Id="rId85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/HB01735F.HTM" TargetMode="External" Id="rId86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB02640F.HTM" TargetMode="External" Id="rId87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/SB01073F.HTM" TargetMode="External" Id="rId88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/81R/billtext/html/SB01970F.HTM" TargetMode="External" Id="rId89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/SB01073F.HTM" TargetMode="External" Id="rId90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/SB01073F.HTM" TargetMode="External" Id="rId91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/SB01073F.HTM" TargetMode="External" Id="rId92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/HB01735F.HTM" TargetMode="External" Id="rId93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB02640F.HTM" TargetMode="External" Id="rId94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/SB01073F.HTM" TargetMode="External" Id="rId95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/SB01073F.HTM" TargetMode="External" Id="rId96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/SB01073F.HTM" TargetMode="External" Id="rId97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/SB01073F.HTM" TargetMode="External" Id="rId98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/HB01735F.HTM" TargetMode="External" Id="rId99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB02640F.HTM" TargetMode="External" Id="rId100" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/83R/billtext/html/HB03103F.HTM" TargetMode="External" Id="rId101" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/HB01735F.HTM" TargetMode="External" Id="rId102" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/81R/billtext/html/SB01970F.HTM" TargetMode="External" Id="rId103" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/SB01073F.HTM" TargetMode="External" Id="rId104" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/SB01073F.HTM" TargetMode="External" Id="rId105" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/SB01073F.HTM" TargetMode="External" Id="rId106" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/HB01735F.HTM" TargetMode="External" Id="rId107" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB02640F.HTM" TargetMode="External" Id="rId108" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/SB01073F.HTM" TargetMode="External" Id="rId109" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/SB01073F.HTM" TargetMode="External" Id="rId110" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/HB01735F.HTM" TargetMode="External" Id="rId111" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB02640F.HTM" TargetMode="External" Id="rId112" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/HB01735F.HTM" TargetMode="External" Id="rId113" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/83R/billtext/html/HB03103F.HTM" TargetMode="External" Id="rId114" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/SB01073F.HTM" TargetMode="External" Id="rId115" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/SB01073F.HTM" TargetMode="External" Id="rId116" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/HB01735F.HTM" TargetMode="External" Id="rId117" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB02640F.HTM" TargetMode="External" Id="rId118" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB02753F.HTM" TargetMode="External" Id="rId119" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/83R/billtext/html/HB03103F.HTM" TargetMode="External" Id="rId120" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/HB01735F.HTM" TargetMode="External" Id="rId121" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/HB01735F.HTM" TargetMode="External" Id="rId122" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/81R/billtext/html/HB00719F.HTM" TargetMode="External" Id="rId123" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/HB01735F.HTM" TargetMode="External" Id="rId124" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/HB01735F.HTM" TargetMode="External" Id="rId125" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/83R/billtext/html/HB00630F.HTM" TargetMode="External" Id="rId126" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/SB01448F.HTM" TargetMode="External" Id="rId127" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/HB01735F.HTM" TargetMode="External" Id="rId128" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/HB01735F.HTM" TargetMode="External" Id="rId129" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/HB01735F.HTM" TargetMode="External" Id="rId130" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB02640F.HTM" TargetMode="External" Id="rId131" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId13" /><Relationship Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/HB02702F.HTM" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/SB01073F.HTM" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/SB01073F.HTM" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/SB00044F.HTM" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/HB00766F.HTM" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/83R/billtext/html/HB03103F.HTM" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/SB01073F.HTM" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB02640F.HTM" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB02640F.HTM" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/SB00100F.HTM" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/79R/billtext/html/HB00964F.HTM" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/79R/billtext/html/HB01163F.HTM" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/81R/billtext/html/HB00328F.HTM" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/81R/billtext/html/SB01016F.HTM" TargetMode="External" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/HB02702F.HTM" TargetMode="External" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/88R/billtext/html/HB04559F.HTM" TargetMode="External" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/SB00100F.HTM" TargetMode="External" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/83R/billtext/html/HB03103F.HTM" TargetMode="External" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/SB01703F.HTM" TargetMode="External" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/SB01073F.HTM" TargetMode="External" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB00901F.HTM" TargetMode="External" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/81R/billtext/html/HB01265F.HTM" TargetMode="External" Id="rId35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/HB03270F.HTM" TargetMode="External" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/83R/billtext/html/HB03103F.HTM" TargetMode="External" Id="rId37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/SB00100F.HTM" TargetMode="External" Id="rId38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/SB01703F.HTM" TargetMode="External" Id="rId39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/SB00100F.HTM" TargetMode="External" Id="rId40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/83R/billtext/html/SB00904F.HTM" TargetMode="External" Id="rId41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/83R/billtext/html/SB00910F.HTM" TargetMode="External" Id="rId42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB02640F.HTM" TargetMode="External" Id="rId43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/83R/billtext/html/HB03103F.HTM" TargetMode="External" Id="rId44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/HB02817F.HTM" TargetMode="External" Id="rId45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/SB00100F.HTM" TargetMode="External" Id="rId46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/83R/billtext/html/SB00904F.HTM" TargetMode="External" Id="rId47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/83R/billtext/html/SB00910F.HTM" TargetMode="External" Id="rId48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/SB00100F.HTM" TargetMode="External" Id="rId49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/83R/billtext/html/SB00904F.HTM" TargetMode="External" Id="rId50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/83R/billtext/html/SB00910F.HTM" TargetMode="External" Id="rId51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/SB00100F.HTM" TargetMode="External" Id="rId52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/SB01703F.HTM" TargetMode="External" Id="rId53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/SB00100F.HTM" TargetMode="External" Id="rId54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/83R/billtext/html/HB03103F.HTM" TargetMode="External" Id="rId55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/SB01703F.HTM" TargetMode="External" Id="rId56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/HB01735F.HTM" TargetMode="External" Id="rId57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB02640F.HTM" TargetMode="External" Id="rId58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/HB01735F.HTM" TargetMode="External" Id="rId59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/HB01735F.HTM" TargetMode="External" Id="rId60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/HB01735F.HTM" TargetMode="External" Id="rId61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/HB01735F.HTM" TargetMode="External" Id="rId62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/HB01735F.HTM" TargetMode="External" Id="rId63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/83R/billtext/html/HB03103F.HTM" TargetMode="External" Id="rId64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/HB01735F.HTM" TargetMode="External" Id="rId65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/HB01735F.HTM" TargetMode="External" Id="rId66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB02640F.HTM" TargetMode="External" Id="rId67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB02640F.HTM" TargetMode="External" Id="rId68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/HB01735F.HTM" TargetMode="External" Id="rId69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB02640F.HTM" TargetMode="External" Id="rId70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/HB01735F.HTM" TargetMode="External" Id="rId71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB02640F.HTM" TargetMode="External" Id="rId72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/83R/billtext/html/HB01996F.HTM" TargetMode="External" Id="rId73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/HB01735F.HTM" TargetMode="External" Id="rId74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB02640F.HTM" TargetMode="External" Id="rId75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/HB01735F.HTM" TargetMode="External" Id="rId76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/HB01735F.HTM" TargetMode="External" Id="rId77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/HB01735F.HTM" TargetMode="External" Id="rId78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/HB01735F.HTM" TargetMode="External" Id="rId79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/HB01735F.HTM" TargetMode="External" Id="rId80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB02640F.HTM" TargetMode="External" Id="rId81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB03607F.HTM" TargetMode="External" Id="rId82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/HB01735F.HTM" TargetMode="External" Id="rId83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/HB01735F.HTM" TargetMode="External" Id="rId84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB02640F.HTM" TargetMode="External" Id="rId85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/HB01735F.HTM" TargetMode="External" Id="rId86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB02640F.HTM" TargetMode="External" Id="rId87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/SB01073F.HTM" TargetMode="External" Id="rId88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/81R/billtext/html/SB01970F.HTM" TargetMode="External" Id="rId89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/SB01073F.HTM" TargetMode="External" Id="rId90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/SB01073F.HTM" TargetMode="External" Id="rId91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/SB01073F.HTM" TargetMode="External" Id="rId92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/HB01735F.HTM" TargetMode="External" Id="rId93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB02640F.HTM" TargetMode="External" Id="rId94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/SB01073F.HTM" TargetMode="External" Id="rId95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/SB01073F.HTM" TargetMode="External" Id="rId96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/SB01073F.HTM" TargetMode="External" Id="rId97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/SB01073F.HTM" TargetMode="External" Id="rId98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/HB01735F.HTM" TargetMode="External" Id="rId99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB02640F.HTM" TargetMode="External" Id="rId100" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/83R/billtext/html/HB03103F.HTM" TargetMode="External" Id="rId101" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/HB01735F.HTM" TargetMode="External" Id="rId102" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/81R/billtext/html/SB01970F.HTM" TargetMode="External" Id="rId103" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/SB01073F.HTM" TargetMode="External" Id="rId104" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/SB01073F.HTM" TargetMode="External" Id="rId105" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/SB01073F.HTM" TargetMode="External" Id="rId106" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/HB01735F.HTM" TargetMode="External" Id="rId107" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB02640F.HTM" TargetMode="External" Id="rId108" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/SB01073F.HTM" TargetMode="External" Id="rId109" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/SB01073F.HTM" TargetMode="External" Id="rId110" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/HB01735F.HTM" TargetMode="External" Id="rId111" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB02640F.HTM" TargetMode="External" Id="rId112" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/HB01735F.HTM" TargetMode="External" Id="rId113" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB02753F.HTM" TargetMode="External" Id="rId114" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB02753F.HTM" TargetMode="External" Id="rId115" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB02753F.HTM" TargetMode="External" Id="rId116" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB02753F.HTM" TargetMode="External" Id="rId117" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/83R/billtext/html/HB03103F.HTM" TargetMode="External" Id="rId118" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/SB01073F.HTM" TargetMode="External" Id="rId119" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/SB01073F.HTM" TargetMode="External" Id="rId120" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/HB01735F.HTM" TargetMode="External" Id="rId121" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB02640F.HTM" TargetMode="External" Id="rId122" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB02753F.HTM" TargetMode="External" Id="rId123" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/83R/billtext/html/HB03103F.HTM" TargetMode="External" Id="rId124" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/HB01735F.HTM" TargetMode="External" Id="rId125" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/HB01735F.HTM" TargetMode="External" Id="rId126" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/81R/billtext/html/HB00719F.HTM" TargetMode="External" Id="rId127" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/HB01735F.HTM" TargetMode="External" Id="rId128" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/HB01735F.HTM" TargetMode="External" Id="rId129" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/83R/billtext/html/HB00630F.HTM" TargetMode="External" Id="rId130" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/SB01448F.HTM" TargetMode="External" Id="rId131" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/HB01735F.HTM" TargetMode="External" Id="rId132" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/HB01735F.HTM" TargetMode="External" Id="rId133" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/HB01735F.HTM" TargetMode="External" Id="rId134" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB02640F.HTM" TargetMode="External" Id="rId135" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>