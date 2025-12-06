--- v0 (2025-10-21)
+++ v1 (2025-12-06)
@@ -857,50 +857,99 @@
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Sec.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">19.004.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">USE OF STATE FUNDS RESTRICTED.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Text of subsection prior to the amendments made by Acts 2025, 89th Leg., R.S., Ch. 1184 (S.B. </w:t>
+      </w:r>
+      <w:hyperlink w:docLocation="table" r:id="rId26">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>2753</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">), Sec. 2, eff. September 1, 2025.   Applies to elections ordered before the date the Secretary of State issues the report required by Acts 2025, 89th Leg., R.S., Ch. 1184 (S.B. </w:t>
+      </w:r>
+      <w:hyperlink w:docLocation="table" r:id="rId27">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>2753</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">), Sec. 32, eff. September 1, 2025.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Except as provided by Subsection (d), state funds disbursed under this chapter may be used only to:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
@@ -965,50 +1014,225 @@
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">the employment of temporary voter registration personnel for not more than 39 weeks in a state fiscal year; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(2)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
+        <w:t xml:space="preserve">if the registrar's county has a population of less than 55,000, defray the cost to the registrar's county of keeping the polling places in the county open during the early voting period as required under Sections </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">85.005</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">(c), 85.006(e), and </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">85.064</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">(d).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Text of subsection as amended by Acts 2025, 89th Leg., R.S., Ch. 1184 (S.B. </w:t>
+      </w:r>
+      <w:hyperlink w:docLocation="table" r:id="rId28">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>2753</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">), Sec. 2, eff. September 1, 2025.  Applies to elections ordered on or after the date the Secretary of State issues the report required by Acts 2025, 89th Leg., R.S., Ch. 1184 (S.B. </w:t>
+      </w:r>
+      <w:hyperlink w:docLocation="table" r:id="rId29">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>2753</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">), Sec. 32, eff. September 1, 2025.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(a)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Except as provided by Subsection (d), state funds disbursed under this chapter may be used only to:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="1440"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(1)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">defray expenses of the registrar's office in connection with voter registration, including additional expenses related to:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="2160"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(A)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">implementation of the National Voter Registration Act of 1993 (52 U.S.C. Section 20501 et seq.);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="2160"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(B)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">complying with weekly updating requirements; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="2160"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(C)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">the employment of temporary voter registration personnel for not more than 39 weeks in a state fiscal year; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="1440"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(2)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
         <w:t xml:space="preserve">if the registrar's county has a population of less than 55,000, defray the cost to the registrar's county of keeping the polling places in the county open during the early voting period as required under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">85.005</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(c).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
@@ -1064,93 +1288,93 @@
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1985, 69th Leg., ch. 211, Sec. 1, eff. Jan. 1, 1986.  Amended by Acts 1987, 70th Leg., ch. 472, Sec. 5, eff. Sept. 1, 1987;  Acts 1995, 74th Leg., ch. 797, Sec. 32, eff. Sept. 1, 1995;  Acts 2001, 77th Leg., ch. 1178, Sec. 4, eff. Jan. 1, 2002;  Acts 2003, 78th Leg., ch. 1315, Sec. 12, eff. Jan. 1, 2004.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Amended by: </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 2009, 81st Leg., R.S., Ch. 194 (H.B. </w:t>
       </w:r>
-      <w:hyperlink w:docLocation="table" r:id="rId26">
+      <w:hyperlink w:docLocation="table" r:id="rId30">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>3061</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2009.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 2023, 88th Leg., R.S., Ch. 679 (H.B. </w:t>
       </w:r>
-      <w:hyperlink w:docLocation="table" r:id="rId27">
+      <w:hyperlink w:docLocation="table" r:id="rId31">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1217</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2023.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 2025, 89th Leg., R.S., Ch. 1184 (S.B. </w:t>
       </w:r>
-      <w:hyperlink w:docLocation="table" r:id="rId28">
+      <w:hyperlink w:docLocation="table" r:id="rId32">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2753</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Sec.</w:t>
@@ -2126,51 +2350,51 @@
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="000C687B"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId13" /><Relationship Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/821/billtext/html/SB00001F.HTM" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/83R/billtext/html/SB01093F.HTM" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/HB02817F.HTM" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/821/billtext/html/SB00001F.HTM" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/821/billtext/html/SB00001F.HTM" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/821/billtext/html/SB00001F.HTM" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/821/billtext/html/SB00001F.HTM" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/HB04034F.HTM" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/HB02837F.HTM" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/79R/billtext/html/HB02322F.HTM" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/821/billtext/html/SB00001F.HTM" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/821/billtext/html/SB00001F.HTM" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/81R/billtext/html/HB03061F.HTM" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/88R/billtext/html/HB01217F.HTM" TargetMode="External" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB02753F.HTM" TargetMode="External" Id="rId28" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId13" /><Relationship Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/821/billtext/html/SB00001F.HTM" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/83R/billtext/html/SB01093F.HTM" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/HB02817F.HTM" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/821/billtext/html/SB00001F.HTM" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/821/billtext/html/SB00001F.HTM" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/821/billtext/html/SB00001F.HTM" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/821/billtext/html/SB00001F.HTM" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/HB04034F.HTM" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/HB02837F.HTM" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/79R/billtext/html/HB02322F.HTM" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/821/billtext/html/SB00001F.HTM" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/821/billtext/html/SB00001F.HTM" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB02753F.HTM" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB02753F.HTM" TargetMode="External" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB02753F.HTM" TargetMode="External" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB02753F.HTM" TargetMode="External" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/81R/billtext/html/HB03061F.HTM" TargetMode="External" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/88R/billtext/html/HB01217F.HTM" TargetMode="External" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB02753F.HTM" TargetMode="External" Id="rId32" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>