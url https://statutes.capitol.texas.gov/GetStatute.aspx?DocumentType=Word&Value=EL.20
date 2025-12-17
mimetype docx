--- v0 (2025-10-21)
+++ v1 (2025-12-17)
@@ -2103,51 +2103,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId15">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2280</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 8, eff. January 1, 2006.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 20.066.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">20.066.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">REGISTRATION PROCEDURES.  (a)   If a person completes a voter registration application as provided by Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">20.063</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, the Department of Public Safety shall:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>