--- v0 (2025-10-22)
+++ v1 (2025-12-06)
@@ -6195,87 +6195,50 @@
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">a shareholder of the law firm, whether an individual or an entity; or</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="2160"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(E)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">an employee of the law firm.</w:t>
-      </w:r>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Text of subdivision effective on December 04, 2025</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(7)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">"Statewide judicial office" means the office of chief justice or justice, supreme court, or presiding judge or judge, court of criminal appeals, or chief justice or justice, Court of Appeals for the Fifteenth Court of Appeals District.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>