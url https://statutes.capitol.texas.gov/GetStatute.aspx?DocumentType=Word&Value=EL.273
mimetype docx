--- v0 (2025-10-20)
+++ v1 (2025-12-06)
@@ -454,147 +454,72 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Sec.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">273.021.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">PROSECUTION BY ATTORNEY GENERAL AUTHORIZED.</w:t>
-[...37 lines deleted...]
-        <w:t xml:space="preserve">(a)</w:t>
+        <w:t xml:space="preserve">PROSECUTION BY ATTORNEY GENERAL AUTHORIZED.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The attorney general has jurisdiction to prosecute and shall represent the state in the prosecution of a criminal offense prescribed by the election laws of this state as provided by Subchapter </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">E</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, Chapter </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">402</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, Government Code.</w:t>
-      </w:r>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Text of subsection effective on December 04, 2025</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The attorney general may appear before a grand jury in connection with a criminal offense the attorney general is authorized to prosecute under Subsection (a).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
@@ -639,79 +564,73 @@
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 2025, 89th Leg., 2nd C.S., Ch. 19 (S.B. </w:t>
       </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId14">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>12</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. December 4, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...27 lines deleted...]
-        <w:t xml:space="preserve">COOPERATION WITH LOCAL PROSECUTOR.  The attorney general may direct the county or district attorney serving the county in which the offense is to be prosecuted to prosecute an offense that the attorney general is authorized to prosecute under Section </w:t>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Sec. 273.022.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">COOPERATION WITH LOCAL PROSECUTOR.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">The attorney general may direct the county or district attorney serving the county in which the offense is to be prosecuted to prosecute a criminal offense that the attorney general is authorized to prosecute under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">273.021</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> or to assist the attorney general in the prosecution.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1985, 69th Leg., ch. 211, Sec. 1, eff. Jan. 1, 1986.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Amended by: </w:t>
       </w:r>
@@ -724,487 +643,399 @@
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 2025, 89th Leg., 2nd C.S., Ch. 19 (S.B. </w:t>
       </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId15">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>12</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 3, eff. December 4, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">273.023.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">SUBPOENA.  (a)  A subpoena or subpoena duces tecum issued in connection with a prosecution under this subchapter is effective if served anywhere in this state.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(b)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">A witness may not be punished for failure to comply with a subpoena issued under this subchapter unless the proper fees are tendered to the witness as required by statute or court rule.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(c)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">The attorney general may direct the Department of Public Safety to serve a subpoena under this subchapter.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Acts 1985, 69th Leg., ch. 211, Sec. 1, eff. Jan. 1, 1986.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">273.024.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">VENUE.  An offense under this subchapter may be prosecuted in the county in which the offense was committed or an adjoining county.  If the offense is committed in connection with a statewide election, the offense may be prosecuted in the county in which the offense was committed, an adjoining county, or Travis County.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Acts 1985, 69th Leg., ch. 211, Sec. 1, eff. Jan. 1, 1986.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Text of section effective on December 04, 2025</w:t>
-[...33 lines deleted...]
-        <w:t xml:space="preserve"> or to assist the attorney general in the prosecution.</w:t>
+        <w:t xml:space="preserve">SUBCHAPTER C. EXAMINATION OF BALLOTS BY GRAND JURY</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">273.041.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">REQUEST TO EXAMINE BALLOTS.  In the investigation of criminal conduct in connection with an election, a grand jury, on finding probable cause to believe an offense was committed, may request a district judge of the county served by the grand jury to order an examination of the voted ballots in the election.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Acts 1985, 69th Leg., ch. 211, Sec. 1, eff. Jan. 1, 1986.  Amended by Acts 1997, 75th Leg., ch. 1078, Sec. 22, eff. Sept. 1, 1997;  Acts 2003, 78th Leg., ch. 1315, Sec. 56, eff. Jan. 1, 2004.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">273.042.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">ORDER BY DISTRICT JUDGE.  On request of a grand jury for an examination of voted ballots, a district judge may order the custodian of the ballots and the custodian of the keys to the ballot boxes to deliver the ballot boxes and the keys to the grand jury.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Acts 1985, 69th Leg., ch. 211, Sec. 1, eff. Jan. 1, 1986.  Amended by Acts 1997, 75th Leg., ch. 1078, Sec. 22, eff. Sept. 1, 1997;  Acts 2003, 78th Leg., ch. 1315, Sec. 56, eff. Jan. 1, 2004.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">273.043.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">CONDUCT OF EXAMINATION.  The examination of ballots under this subchapter shall be conducted in secret before the grand jury.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Acts 1985, 69th Leg., ch. 211, Sec. 1, eff. Jan. 1, 1986.  Amended by Acts 1997, 75th Leg., ch. 1078, Sec. 22, eff. Sept. 1, 1997;  Acts 2003, 78th Leg., ch. 1315, Sec. 56, eff. Jan. 1, 2004.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">SUBCHAPTER D. MANDAMUS BY APPELLATE COURT</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Sec. 273.061.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">JURISDICTION.  (a)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">The supreme court or a court of appeals may issue a writ of mandamus to compel the performance of any duty imposed by law in connection with the holding of an election or a political party convention, regardless of whether the person responsible for performing the duty is a public officer.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(b)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">The court of criminal appeals may issue a writ of mandamus to compel the performance of any duty imposed by law in connection with the provision, sequestration, transfer, or impoundment of evidence in or records relating to a criminal investigation conducted under this code or conducted in connection with the conduct of an election or political party convention.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">If a writ of mandamus is issued under this subsection, it shall include an order requiring the provision, sequestration, transfer, or impoundment of the evidence or record.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1985, 69th Leg., ch. 211, Sec. 1, eff. Jan. 1, 1986.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Amended by: </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Acts 2025, 89th Leg., 2nd C.S., Ch. 19 (S.B. </w:t>
+        <w:t xml:space="preserve">Acts 2021, 87th Leg., 2nd C.S., Ch. 1 (S.B. </w:t>
       </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId16">
-        <w:r>
-[...367 lines deleted...]
-      <w:hyperlink w:docLocation="table" r:id="rId17">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 8.04, eff. December 2, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Sec.</w:t>
@@ -1577,51 +1408,51 @@
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(f)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A temporary restraining order issued in violation of this section is void and unenforceable.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 2025, 89th Leg., R.S., Ch. 1136 (S.B. </w:t>
       </w:r>
-      <w:hyperlink w:docLocation="table" r:id="rId18">
+      <w:hyperlink w:docLocation="table" r:id="rId17">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>509</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER F.  BALLOT PROPOSITION LANGUAGE ENFORCEMENT PROVISIONS</w:t>
       </w:r>
@@ -1708,286 +1539,286 @@
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(d)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A proposition drafted by a city under Subsection (c) to cure the defects may be submitted to the secretary of state under Subsection (a).</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">If the secretary of state determines that the city has drafted a proposition under Subsection (c) that is misleading, inaccurate, or prejudicial, the secretary of state shall draft the ballot proposition.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Added by Acts 2025, 89th Leg., R.S., Ch. 974 (S.B. </w:t>
+      </w:r>
+      <w:hyperlink w:docLocation="table" r:id="rId18">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>506</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">), Sec. 3, eff. September 1, 2025.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Sec. 273.102.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">MANDAMUS ACTIONS.  (a)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">In an action in a court of competent jurisdiction seeking a writ of mandamus to compel the city's governing body to comply with the requirement that a ballot proposition must substantially submit the question with such definiteness, certainty, and facial neutrality that the voters are not misled, the court shall make its determination without delay and may order the city to use ballot proposition language drafted by the court.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(b)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Except as provided by Subsection (d), the court may award a plaintiff or relator who substantially prevails in a mandamus action described by Subsection (a) the party's reasonable attorney's fees, expenses, and court costs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(c)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Governmental immunity to suit is waived and abolished only to the extent of the liability created by Subsection (b).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(d)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">If, pursuant to Section </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">273.101</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, the secretary of state determines that a proposition is not misleading, inaccurate, or prejudicial, or drafts the ballot proposition language, a plaintiff or relator who prevails in a mandamus action described by Subsection (a) may not be awarded the party's reasonable attorney's fees, expenses, or court costs.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 2025, 89th Leg., R.S., Ch. 974 (S.B. </w:t>
       </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId19">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>506</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 3, eff. September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 273.102.</w:t>
-[...80 lines deleted...]
-        <w:t xml:space="preserve">, the secretary of state determines that a proposition is not misleading, inaccurate, or prejudicial, or drafts the ballot proposition language, a plaintiff or relator who prevails in a mandamus action described by Subsection (a) may not be awarded the party's reasonable attorney's fees, expenses, or court costs.</w:t>
+        <w:t xml:space="preserve">Sec. 273.103.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">MANDATORY SUBMISSION TO SECRETARY OF STATE.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Following a final nonappealable judgment containing a finding by a court that a ballot proposition drafted by a city failed to substantially submit the question with such definiteness, certainty, and facial neutrality that the voters are not misled, the city shall submit to the secretary of state for approval any proposition to be voted on at an election held by the city before the fourth anniversary of the court's finding.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 2025, 89th Leg., R.S., Ch. 974 (S.B. </w:t>
       </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId20">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>506</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 3, eff. September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 273.103.</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Following a final nonappealable judgment containing a finding by a court that a ballot proposition drafted by a city failed to substantially submit the question with such definiteness, certainty, and facial neutrality that the voters are not misled, the city shall submit to the secretary of state for approval any proposition to be voted on at an election held by the city before the fourth anniversary of the court's finding.</w:t>
+        <w:t xml:space="preserve">Sec. 273.104.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">CITY REQUIRED TO PAY FOR LEGAL SERVICES.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Notwithstanding a home-rule city charter provision to the contrary, a city may not accept legal services relating to a proceeding under this subchapter without paying fair market value for those services.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 2025, 89th Leg., R.S., Ch. 974 (S.B. </w:t>
       </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId21">
-        <w:r>
-[...52 lines deleted...]
-      <w:hyperlink w:docLocation="table" r:id="rId22">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>506</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 3, eff. September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidRPr="004B75FD" w:rsidR="003F3435" w:rsidSect="003F3435">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:headerReference w:type="first" r:id="rId10"/>
       <w:footerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="20160" w:code="5"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1080" w:left="1440" w:header="0" w:footer="1440" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
@@ -2883,51 +2714,51 @@
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="000C687B"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId13" /><Relationship Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/892/billtext/html/SB00012F.HTM" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/892/billtext/html/SB00012F.HTM" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/892/billtext/html/SB00012F.HTM" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/872/billtext/html/SB00001F.HTM" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB00509F.HTM" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB00506F.HTM" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB00506F.HTM" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB00506F.HTM" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB00506F.HTM" TargetMode="External" Id="rId22" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId13" /><Relationship Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/892/billtext/html/SB00012F.HTM" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/892/billtext/html/SB00012F.HTM" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/872/billtext/html/SB00001F.HTM" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB00509F.HTM" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB00506F.HTM" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB00506F.HTM" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB00506F.HTM" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB00506F.HTM" TargetMode="External" Id="rId21" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>