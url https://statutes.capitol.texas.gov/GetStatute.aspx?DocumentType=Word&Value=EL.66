--- v0 (2025-10-21)
+++ v1 (2025-12-06)
@@ -195,200 +195,373 @@
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PRECINCT ELECTION RECORDS.  In this chapter, "precinct election records" means the precinct election returns, voted ballots, and other records of an election that are assembled and distributed under this chapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1985, 69th Leg., ch. 211, Sec. 1, eff. Jan. 1, 1986.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
-        <w:ind w:firstLine="720"/>
-[...87 lines deleted...]
-        <w:t xml:space="preserve">Added by Acts 2019, 86th Leg., R.S., Ch. 1215 (S.B. </w:t>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Text of section prior to the amendments made by Acts 2025, 89th Leg., R.S., Ch. 1184 (S.B. </w:t>
       </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId14">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>902</w:t>
+          <w:t>2753</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
-        <w:t xml:space="preserve">), Sec. 2, eff. September 1, 2019.</w:t>
-[...18 lines deleted...]
-        <w:t xml:space="preserve">Acts 2025, 89th Leg., R.S., Ch. 1184 (S.B. </w:t>
+        <w:t xml:space="preserve">), Secs. 10 and 11, eff. September 1, 2025.  Applies to elections ordered before the date the Secretary of State issues the report required by Acts 2025, 89th Leg., R.S., Ch. 1184 (S.B. </w:t>
       </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId15">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2753</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
-        <w:t xml:space="preserve">), Sec. 10, eff. September 1, 2025.</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">Acts 2025, 89th Leg., R.S., Ch. 1184 (S.B. </w:t>
+        <w:t xml:space="preserve">), Sec. 32, eff. September 1, 2025. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Sec. 66.0021.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">ELECTION DAY VOTE TOTAL FOR CERTAIN ELECTIONS.  (a)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">This section applies only to a primary election or the general election for state and county officers.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(b)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">The general custodian of election records for a primary election or the general election for state and county officers shall maintain a list that states the total number of votes cast in each precinct by personal appearance on election day that is available for public inspection not later than the day after election day.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(c)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Each vote total shall be maintained in a downloadable format approved by the secretary of state and posted on the Internet website of the secretary of state.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(d)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">The secretary of state shall create a system for an early voting clerk for a primary election or the general election for state and county officers to provide the information to the secretary of state for posting on the secretary of state's Internet website under Subsection (c).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Added by Acts 2019, 86th Leg., R.S., Ch. 1215 (S.B. </w:t>
       </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId16">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>902</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">), Sec. 2, eff. September 1, 2019.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Text of section as amended by Acts 2025, 89th Leg., R.S., Ch. 1184 (S.B. </w:t>
+      </w:r>
+      <w:hyperlink w:docLocation="table" r:id="rId17">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2753</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
+        <w:t xml:space="preserve">), Secs. 10 and 11, eff. September 1, 2025.  Applies to elections ordered on or after the date the Secretary of State issues the report required by Acts 2025, 89th Leg., R.S., Ch. 1184 (S.B. </w:t>
+      </w:r>
+      <w:hyperlink w:docLocation="table" r:id="rId18">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>2753</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">), Sec. 32, eff. September 1, 2025.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Sec. 66.0021.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">VOTE TOTAL FOR CERTAIN ELECTIONS.  (a)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">This section applies only to a primary election or the general election for state and county officers.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(b)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">The general custodian of election records for a primary election or the general election for state and county officers shall maintain a list that states the total number of votes cast in each precinct by personal appearance that is available for public inspection not later than the day after election day.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(c)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Each vote total shall be maintained in a downloadable format approved by the secretary of state and posted on the Internet website of the secretary of state.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(d)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">The secretary of state shall create a system for an early voting clerk for a primary election or the general election for state and county officers to provide the information to the secretary of state for posting on the secretary of state's Internet website under Subsection (c).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Added by Acts 2019, 86th Leg., R.S., Ch. 1215 (S.B. </w:t>
+      </w:r>
+      <w:hyperlink w:docLocation="table" r:id="rId19">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>902</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">), Sec. 2, eff. September 1, 2019.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Amended by: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Acts 2025, 89th Leg., R.S., Ch. 1184 (S.B. </w:t>
+      </w:r>
+      <w:hyperlink w:docLocation="table" r:id="rId20">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>2753</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">), Sec. 10, eff. September 1, 2025.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Acts 2025, 89th Leg., R.S., Ch. 1184 (S.B. </w:t>
+      </w:r>
+      <w:hyperlink w:docLocation="table" r:id="rId21">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>2753</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
         <w:t xml:space="preserve">), Sec. 11, eff. September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Sec.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">66.003.</w:t>
       </w:r>
       <w:r xml:space="preserve">
@@ -525,51 +698,51 @@
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">POLLING PLACE CHECKLISTS.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The secretary of state shall adopt rules and create a checklist or similar guidelines to assist the presiding judge of a polling place in processing forms and conducting procedures required by this code at the opening and closing of the polling place.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 2021, 87th Leg., 2nd C.S., Ch. 1 (S.B. </w:t>
       </w:r>
-      <w:hyperlink w:docLocation="table" r:id="rId17">
+      <w:hyperlink w:docLocation="table" r:id="rId22">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 3.08, eff. December 2, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Sec. 66.005.</w:t>
@@ -598,51 +771,51 @@
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The general custodian of election records shall post the results of a reconciliation conducted under Subsection (a) on the county's Internet website in the same location that the county provides information on election results.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 2025, 89th Leg., R.S., Ch. 1152 (S.B. </w:t>
       </w:r>
-      <w:hyperlink w:docLocation="table" r:id="rId18">
+      <w:hyperlink w:docLocation="table" r:id="rId23">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2217</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 5, eff. September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Sec. 66.006.</w:t>
@@ -689,51 +862,51 @@
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A report produced under Subsection (a) is an election record under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">1.012</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> and shall be retained by the general custodian of election records for the period for preserving the precinct election records.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 2025, 89th Leg., R.S., Ch. 1152 (S.B. </w:t>
       </w:r>
-      <w:hyperlink w:docLocation="table" r:id="rId19">
+      <w:hyperlink w:docLocation="table" r:id="rId24">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2217</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 5, eff. September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER B. ASSEMBLING RECORDS FOR DISTRIBUTION</w:t>
       </w:r>
@@ -1278,92 +1451,92 @@
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 1987, 70th Leg., ch. 54, Sec. 12(b), eff. Sept. 1, 1987.  Amended by Acts 1993, 73rd Leg., ch. 916, Sec. 24, eff. Sept. 1, 1993;  Acts 1995, 74th Leg., ch. 797, Sec. 40, eff. Sept. 1, 1995;  Acts 2003, 78th Leg., ch. 1315, Sec. 38, eff. Jan. 1, 2004.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Amended by: </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 2011, 82nd Leg., R.S., Ch. 123 (S.B. </w:t>
       </w:r>
-      <w:hyperlink w:docLocation="table" r:id="rId20">
+      <w:hyperlink w:docLocation="table" r:id="rId25">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>14</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 19, eff. January 1, 2012.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 2011, 82nd Leg., R.S., Ch. 1002 (H.B. </w:t>
       </w:r>
-      <w:hyperlink w:docLocation="table" r:id="rId21">
+      <w:hyperlink w:docLocation="table" r:id="rId26">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2194</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 10, eff. January 1, 2012.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Reenacted by Acts 2013, 83rd Leg., R.S., Ch. 161 (S.B. </w:t>
       </w:r>
-      <w:hyperlink w:docLocation="table" r:id="rId22">
+      <w:hyperlink w:docLocation="table" r:id="rId27">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1093</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 5.006, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Sec.</w:t>
@@ -1660,51 +1833,51 @@
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1985, 69th Leg., ch. 211, Sec. 1, eff. Jan. 1, 1986.  Amended by Acts 1993, 73rd Leg., ch. 728, Sec. 20, eff. Sept. 1, 1993.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Amended by: </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 2023, 88th Leg., R.S., Ch. 1167 (S.B. </w:t>
       </w:r>
-      <w:hyperlink w:docLocation="table" r:id="rId23">
+      <w:hyperlink w:docLocation="table" r:id="rId28">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1599</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2023.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER C. DISPOSITION OF RECORDS AND SUPPLIES</w:t>
       </w:r>
@@ -2736,156 +2909,156 @@
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1985, 69th Leg., ch. 211, Sec. 1, eff. Jan. 1, 1986.  Amended by Acts 1997, 75th Leg., ch. 1078, Sec. 18, eff. Sept. 1, 1997;  Acts 2003, 78th Leg., ch. 1315, Sec. 40, eff. Jan. 1, 2004.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Amended by: </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 2005, 79th Leg., Ch. 950 (H.B. </w:t>
       </w:r>
-      <w:hyperlink w:docLocation="table" r:id="rId24">
+      <w:hyperlink w:docLocation="table" r:id="rId29">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1580</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2005.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 2007, 80th Leg., R.S., Ch. 1197 (H.B. </w:t>
       </w:r>
-      <w:hyperlink w:docLocation="table" r:id="rId25">
+      <w:hyperlink w:docLocation="table" r:id="rId30">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1446</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. June 15, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 2007, 80th Leg., R.S., Ch. 1197 (H.B. </w:t>
       </w:r>
-      <w:hyperlink w:docLocation="table" r:id="rId26">
+      <w:hyperlink w:docLocation="table" r:id="rId31">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1446</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. June 15, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 2009, 81st Leg., R.S., Ch. 682 (H.B. </w:t>
       </w:r>
-      <w:hyperlink w:docLocation="table" r:id="rId27">
+      <w:hyperlink w:docLocation="table" r:id="rId32">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2524</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2009.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 2011, 82nd Leg., R.S., Ch. 1164 (H.B. </w:t>
       </w:r>
-      <w:hyperlink w:docLocation="table" r:id="rId28">
+      <w:hyperlink w:docLocation="table" r:id="rId33">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2817</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 13, eff. September 1, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 2017, 85th Leg., 1st C.S., Ch. 1 (S.B. </w:t>
       </w:r>
-      <w:hyperlink w:docLocation="table" r:id="rId29">
+      <w:hyperlink w:docLocation="table" r:id="rId34">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. December 1, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Sec.</w:t>
@@ -3005,51 +3178,51 @@
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1985, 69th Leg., ch. 211, Sec. 1, eff. Jan. 1, 1986.  Amended by Acts 1997, 75th Leg., ch. 1078, Sec. 19, eff. Sept. 1, 1997;  Acts 2003, 78th Leg., ch. 1315, Sec. 41, eff. Jan. 1, 2004.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Amended by: </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 2019, 86th Leg., R.S., Ch. 1052 (H.B. </w:t>
       </w:r>
-      <w:hyperlink w:docLocation="table" r:id="rId30">
+      <w:hyperlink w:docLocation="table" r:id="rId35">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>933</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 7, eff. September 1, 2019.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Sec.</w:t>
@@ -4217,51 +4390,51 @@
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="000C687B"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId13" /><Relationship Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/SB00902F.HTM" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB02753F.HTM" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB02753F.HTM" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/872/billtext/html/SB00001F.HTM" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB02217F.HTM" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB02217F.HTM" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/SB00014F.HTM" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/HB02194F.HTM" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/83R/billtext/html/SB01093F.HTM" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/88R/billtext/html/SB01599F.HTM" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/79R/billtext/html/HB01580F.HTM" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/80R/billtext/html/HB01446F.HTM" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/80R/billtext/html/HB01446F.HTM" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/81R/billtext/html/HB02524F.HTM" TargetMode="External" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/HB02817F.HTM" TargetMode="External" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/851/billtext/html/SB00005F.HTM" TargetMode="External" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB00933F.HTM" TargetMode="External" Id="rId30" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId13" /><Relationship Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB02753F.HTM" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB02753F.HTM" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/SB00902F.HTM" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB02753F.HTM" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB02753F.HTM" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/SB00902F.HTM" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB02753F.HTM" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB02753F.HTM" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/872/billtext/html/SB00001F.HTM" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB02217F.HTM" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB02217F.HTM" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/SB00014F.HTM" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/HB02194F.HTM" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/83R/billtext/html/SB01093F.HTM" TargetMode="External" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/88R/billtext/html/SB01599F.HTM" TargetMode="External" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/79R/billtext/html/HB01580F.HTM" TargetMode="External" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/80R/billtext/html/HB01446F.HTM" TargetMode="External" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/80R/billtext/html/HB01446F.HTM" TargetMode="External" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/81R/billtext/html/HB02524F.HTM" TargetMode="External" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/HB02817F.HTM" TargetMode="External" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/851/billtext/html/SB00005F.HTM" TargetMode="External" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB00933F.HTM" TargetMode="External" Id="rId35" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>