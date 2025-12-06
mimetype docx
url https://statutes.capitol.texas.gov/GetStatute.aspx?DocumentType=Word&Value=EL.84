--- v0 (2025-10-22)
+++ v1 (2025-12-06)
@@ -3526,63 +3526,287 @@
         <w:t xml:space="preserve">not later than the third day before election day;  and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="2160"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(B)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">if an early voting ballot sent to the applicant is returned to the clerk as a marked ballot, before the marked ballot's arrival at the address on the carrier envelope.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Text of subsection prior to the amendments made by Acts 2025, 89th Leg., R.S., Ch. 1184 (S.B. </w:t>
+      </w:r>
+      <w:hyperlink w:docLocation="table" r:id="rId43">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>2753</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">), Sec. 14, eff. September 1, 2025. Applies to elections ordered before the date the Secretary of State issues the report required by Acts 2025, 89th Leg., R.S., Ch. 1184 (S.B. </w:t>
+      </w:r>
+      <w:hyperlink w:docLocation="table" r:id="rId44">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>2753</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">), Sec. 32, eff. September 1, 2025. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(c)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
+        <w:t xml:space="preserve">An applicant may submit a request after the close of early voting by personal appearance by appearing in person and:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="1440"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(1)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">returning the ballot to be voted by mail to the early voting clerk; or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="1440"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(2)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">executing an affidavit that the applicant:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="2160"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(A)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">has not received the ballot to be voted by mail;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="2160"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(B)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">never requested a ballot to be voted by mail; or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="2160"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(C)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">received notice of a defect under Section </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">87.0271</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">(b) or (c) or </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">87.0411</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">(b) or (c).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Text of subsection as amended by Acts 2025, 89th Leg., R.S., Ch. 1184 (S.B. </w:t>
+      </w:r>
+      <w:hyperlink w:docLocation="table" r:id="rId45">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>2753</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">), Sec. 14, eff. September 1, 2025.  Applies to elections ordered on or after the date the Secretary of State issues the report required by Acts 2025, 89th Leg., R.S., Ch. 1184 (S.B. </w:t>
+      </w:r>
+      <w:hyperlink w:docLocation="table" r:id="rId46">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>2753</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">), Sec. 32, eff. September 1, 2025.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(c)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
         <w:t xml:space="preserve">An applicant may submit a request by appearing in person and:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">returning the ballot to be voted by mail to the early voting clerk; or</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
@@ -3814,156 +4038,156 @@
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1985, 69th Leg., ch. 211, Sec. 1, eff. Jan. 1, 1986.  Amended by Acts 1991, 72nd Leg., ch. 203, Sec. 2.08;  Acts 1991, 72nd Leg., ch. 554, Sec. 1, eff. Sept. 1, 1991;  Acts 1993, 73rd Leg., ch. 728, Sec. 27, eff. Sept. 1, 1993;  Acts 1997, 75th Leg., ch. 1381, Sec. 7, eff. Sept. 1, 1997;  Acts 2003, 78th Leg., ch. 393, Sec. 11, eff. Sept. 1, 2003;  Acts 2003, 78th Leg., ch. 1316, Sec. 21, eff. Sept. 1, 2003.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Amended by: </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 2005, 79th Leg., Ch. 728 (H.B. </w:t>
       </w:r>
-      <w:hyperlink w:docLocation="table" r:id="rId43">
+      <w:hyperlink w:docLocation="table" r:id="rId47">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2018</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 5A.001, eff. September 1, 2005.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 2005, 79th Leg., Ch. 728 (H.B. </w:t>
       </w:r>
-      <w:hyperlink w:docLocation="table" r:id="rId44">
+      <w:hyperlink w:docLocation="table" r:id="rId48">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2018</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 23.001(23), eff. September 1, 2005.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 2017, 85th Leg., 1st C.S., Ch. 1 (S.B. </w:t>
       </w:r>
-      <w:hyperlink w:docLocation="table" r:id="rId45">
+      <w:hyperlink w:docLocation="table" r:id="rId49">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 6, eff. December 1, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 2021, 87th Leg., 2nd C.S., Ch. 1 (S.B. </w:t>
       </w:r>
-      <w:hyperlink w:docLocation="table" r:id="rId46">
+      <w:hyperlink w:docLocation="table" r:id="rId50">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 5.05, eff. December 2, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 2023, 88th Leg., R.S., Ch. 1167 (S.B. </w:t>
       </w:r>
-      <w:hyperlink w:docLocation="table" r:id="rId47">
+      <w:hyperlink w:docLocation="table" r:id="rId51">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1599</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. September 1, 2023.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 2025, 89th Leg., R.S., Ch. 1184 (S.B. </w:t>
       </w:r>
-      <w:hyperlink w:docLocation="table" r:id="rId48">
+      <w:hyperlink w:docLocation="table" r:id="rId52">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2753</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 14, eff. September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Sec.</w:t>
@@ -4204,51 +4428,51 @@
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1985, 69th Leg., ch. 211, Sec. 1, eff. Jan. 1, 1986.  Amended by Acts 1991, 72nd Leg., ch. 203, Sec. 2.08;  Acts 1991, 72nd Leg., ch. 554, Sec. 1, eff. Sept. 1, 1991.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Amended by: </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 2021, 87th Leg., 2nd C.S., Ch. 1 (S.B. </w:t>
       </w:r>
-      <w:hyperlink w:docLocation="table" r:id="rId49">
+      <w:hyperlink w:docLocation="table" r:id="rId53">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 5.06, eff. December 2, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Sec. 84.036.</w:t>
@@ -4299,51 +4523,51 @@
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1985, 69th Leg., ch. 211, Sec. 1, eff. Jan. 1, 1986.  Amended by Acts 1991, 72nd Leg., ch. 203, Sec. 2.08;  Acts 1991, 72nd Leg., ch. 554, Sec. 1, eff. Sept. 1, 1991.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Amended by: </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 2023, 88th Leg., R.S., Ch. 1167 (S.B. </w:t>
       </w:r>
-      <w:hyperlink w:docLocation="table" r:id="rId50">
+      <w:hyperlink w:docLocation="table" r:id="rId54">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1599</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 3, eff. September 1, 2023.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Sec. 84.037.</w:t>
@@ -4440,51 +4664,51 @@
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1985, 69th Leg., ch. 211, Sec. 1, eff. Jan. 1, 1986.  Amended by Acts 1991, 72nd Leg., ch. 203, Sec. 2.08;  Acts 1991, 72nd Leg., ch. 554, Sec. 1, eff. Sept. 1, 1991.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Amended by: </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 2017, 85th Leg., 1st C.S., Ch. 1 (S.B. </w:t>
       </w:r>
-      <w:hyperlink w:docLocation="table" r:id="rId51">
+      <w:hyperlink w:docLocation="table" r:id="rId55">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 7, eff. December 1, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Sec. 84.038.</w:t>
@@ -4512,51 +4736,51 @@
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(c), (d), or (e) is effective for a single ballot only and does not cancel the application with respect to a subsequent election, including a subsequent election to which the same application applies under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">84.001</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(e) or </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">86.0015</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(b).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 2015, 84th Leg., R.S., Ch. 1050 (H.B. </w:t>
       </w:r>
-      <w:hyperlink w:docLocation="table" r:id="rId52">
+      <w:hyperlink w:docLocation="table" r:id="rId56">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1927</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 5, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidRPr="004B75FD" w:rsidR="003F3435" w:rsidSect="003F3435">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:headerReference w:type="first" r:id="rId10"/>
       <w:footerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="20160" w:code="5"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1080" w:left="1440" w:header="0" w:footer="1440" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
@@ -5452,51 +5676,51 @@
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="000C687B"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId13" /><Relationship Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/HB01927F.HTM" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/851/billtext/html/SB00005F.HTM" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/872/billtext/html/SB00001F.HTM" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB03107F.HTM" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB03920F.HTM" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/872/billtext/html/SB00001F.HTM" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/80R/billtext/html/SB00074F.HTM" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB04173F.HTM" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/HB01927F.HTM" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/851/billtext/html/SB00005F.HTM" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/HB02817F.HTM" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/83R/billtext/html/SB00910F.HTM" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/HB01927F.HTM" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/851/billtext/html/SB00005F.HTM" TargetMode="External" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB03107F.HTM" TargetMode="External" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB03107F.HTM" TargetMode="External" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB03107F.HTM" TargetMode="External" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB03107F.HTM" TargetMode="External" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/HB01927F.HTM" TargetMode="External" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/HB01927F.HTM" TargetMode="External" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB03107F.HTM" TargetMode="External" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/872/billtext/html/SB00001F.HTM" TargetMode="External" Id="rId35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/88R/billtext/html/HB00315F.HTM" TargetMode="External" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/HB03697F.HTM" TargetMode="External" Id="rId37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/872/billtext/html/SB00001F.HTM" TargetMode="External" Id="rId38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/HB02259F.HTM" TargetMode="External" Id="rId39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/88R/billtext/html/SB00477F.HTM" TargetMode="External" Id="rId40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/88R/billtext/html/SB00477F.HTM" TargetMode="External" Id="rId41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/HB04034F.HTM" TargetMode="External" Id="rId42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/79R/billtext/html/HB02018F.HTM" TargetMode="External" Id="rId43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/79R/billtext/html/HB02018F.HTM" TargetMode="External" Id="rId44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/851/billtext/html/SB00005F.HTM" TargetMode="External" Id="rId45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/872/billtext/html/SB00001F.HTM" TargetMode="External" Id="rId46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/88R/billtext/html/SB01599F.HTM" TargetMode="External" Id="rId47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB02753F.HTM" TargetMode="External" Id="rId48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/872/billtext/html/SB00001F.HTM" TargetMode="External" Id="rId49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/88R/billtext/html/SB01599F.HTM" TargetMode="External" Id="rId50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/851/billtext/html/SB00005F.HTM" TargetMode="External" Id="rId51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/HB01927F.HTM" TargetMode="External" Id="rId52" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId13" /><Relationship Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/HB01927F.HTM" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/851/billtext/html/SB00005F.HTM" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/872/billtext/html/SB00001F.HTM" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB03107F.HTM" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB03920F.HTM" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/872/billtext/html/SB00001F.HTM" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/80R/billtext/html/SB00074F.HTM" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/86R/billtext/html/HB04173F.HTM" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/HB01927F.HTM" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/851/billtext/html/SB00005F.HTM" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/HB02817F.HTM" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/83R/billtext/html/SB00910F.HTM" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/HB01927F.HTM" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/851/billtext/html/SB00005F.HTM" TargetMode="External" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB03107F.HTM" TargetMode="External" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB03107F.HTM" TargetMode="External" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB03107F.HTM" TargetMode="External" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB03107F.HTM" TargetMode="External" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/HB01927F.HTM" TargetMode="External" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/HB01927F.HTM" TargetMode="External" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB03107F.HTM" TargetMode="External" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/872/billtext/html/SB00001F.HTM" TargetMode="External" Id="rId35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/88R/billtext/html/HB00315F.HTM" TargetMode="External" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/HB03697F.HTM" TargetMode="External" Id="rId37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/872/billtext/html/SB00001F.HTM" TargetMode="External" Id="rId38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/HB02259F.HTM" TargetMode="External" Id="rId39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/88R/billtext/html/SB00477F.HTM" TargetMode="External" Id="rId40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/88R/billtext/html/SB00477F.HTM" TargetMode="External" Id="rId41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/85R/billtext/html/HB04034F.HTM" TargetMode="External" Id="rId42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB02753F.HTM" TargetMode="External" Id="rId43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB02753F.HTM" TargetMode="External" Id="rId44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB02753F.HTM" TargetMode="External" Id="rId45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB02753F.HTM" TargetMode="External" Id="rId46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/79R/billtext/html/HB02018F.HTM" TargetMode="External" Id="rId47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/79R/billtext/html/HB02018F.HTM" TargetMode="External" Id="rId48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/851/billtext/html/SB00005F.HTM" TargetMode="External" Id="rId49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/872/billtext/html/SB00001F.HTM" TargetMode="External" Id="rId50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/88R/billtext/html/SB01599F.HTM" TargetMode="External" Id="rId51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/SB02753F.HTM" TargetMode="External" Id="rId52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/872/billtext/html/SB00001F.HTM" TargetMode="External" Id="rId53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/88R/billtext/html/SB01599F.HTM" TargetMode="External" Id="rId54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/851/billtext/html/SB00005F.HTM" TargetMode="External" Id="rId55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/84R/billtext/html/HB01927F.HTM" TargetMode="External" Id="rId56" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>