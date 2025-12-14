--- v0 (2025-10-20)
+++ v1 (2025-12-14)
@@ -1622,51 +1622,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId24">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1930</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2023.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 107.003.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">107.003.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">POWERS AND DUTIES OF ATTORNEY AD LITEM FOR CHILD.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">An attorney ad litem appointed to represent a child:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -2526,51 +2532,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId33">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2530</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 3, eff. September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 107.004.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">107.004.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ADDITIONAL DUTIES OF ATTORNEY AD LITEM FOR CHILD.  (a)  Except as otherwise provided by this chapter, the attorney ad litem appointed for a child shall, in a developmentally appropriate manner:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -3823,51 +3835,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId45">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1930</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. September 1, 2023.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 107.0042.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">107.0042.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">REPORT ON PERCENTAGE OF PROFESSIONAL PRACTICE TIME AS ATTORNEY AD LITEM.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Not later than October 15 of each year and on a form prescribed by the Texas Indigent Defense Commission, an attorney appointed as an attorney ad litem in a proceeding filed by the Department of Family and Protective Services under Title 5 shall submit to the county or the Texas Indigent Defense Commission a report for the preceding state fiscal year that describes the percentage of the attorney's professional practice time that was dedicated to the attorney's appointment as an attorney ad litem in the county under Title 5.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -3877,51 +3895,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId46">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2120</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 8, eff. September 1, 2023.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 107.0045.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">107.0045.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DISCIPLINE OF ATTORNEY AD LITEM.  An attorney ad litem who fails to perform the duties required by Sections </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">107.003</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">107.004</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> is subject to disciplinary action under Subchapter </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">E</w:t>
       </w:r>
@@ -3946,51 +3970,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId47">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.05, eff. September 1, 2005.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 107.006.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">107.006.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ACCESS TO CHILD AND INFORMATION RELATING TO CHILD.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In conjunction with an appointment under this chapter, other than an appointment of an attorney ad litem for an adult or a parent, the court shall issue an order authorizing the attorney ad litem, guardian ad litem for the child, or amicus attorney to have immediate access to the child and any information relating to the child.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -4545,51 +4575,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId52">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>307</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 6, eff. September 1, 2005.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 107.009.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">107.009.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">IMMUNITY.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A guardian ad litem, a child custody evaluator, or an adoption evaluator appointed under this chapter is not liable for civil damages arising from an action taken, a recommendation made, or an opinion given in the capacity of guardian ad litem, child custody evaluator, or adoption evaluator.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -5652,51 +5688,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId62">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1931</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 107.0131.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">107.0131.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">POWERS AND DUTIES OF ATTORNEY AD LITEM FOR PARENT.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">An attorney ad litem appointed under Section 107.013 to represent the interests of a parent:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -6327,51 +6369,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId65">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1930</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 3, eff. September 1, 2023.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 107.0132.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">107.0132.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">POWERS AND DUTIES OF ATTORNEY AD LITEM FOR ALLEGED FATHER.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Except as provided by Subsections (b) and (d), an attorney ad litem appointed under Section 107.013 to represent the interests of an alleged father is only required to:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -6572,51 +6620,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId67">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1759</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 4, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 107.0133.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">107.0133.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DISCIPLINE OF ATTORNEY AD LITEM FOR PARENT OR ALLEGED FATHER.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">An attorney ad litem appointed for a parent or an alleged father who fails to perform the duties required by Section 107.0131 or 107.0132, as applicable, is subject to disciplinary action under Subchapter E, Chapter 81, Government Code.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -6626,51 +6680,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId68">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1026</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 107.014.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">107.014.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">POWERS AND DUTIES OF ATTORNEY AD LITEM FOR CERTAIN PARENTS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Except as provided by Subsections (b) and (e), an attorney ad litem appointed under Section 107.013 to represent the interests of a parent whose identity or location is unknown or who has been served by citation by publication is only required to:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -6936,51 +6996,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId69">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1759</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 5, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 107.0141.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">107.0141.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">TEMPORARY APPOINTMENT OF ATTORNEY AD LITEM FOR CERTAIN PARENTS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The court may appoint an attorney ad litem to represent the interests of a parent for a limited period beginning at the time the court issues a temporary restraining order or attachment of the parent's child under Chapter 262 and ending on the court's determination of whether the parent is indigent before commencement of the full adversary hearing.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -7363,51 +7429,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId71">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.07, eff. September 1, 2005.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 107.016.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">107.016.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CONTINUED REPRESENTATION; DURATION OF APPOINTMENT.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In a suit filed by a governmental entity in which termination of the parent-child relationship or appointment of the entity as conservator of the child is requested:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -7611,51 +7683,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId74">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1315</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 107.0161.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">107.0161.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">AD LITEM APPOINTMENTS FOR CHILD COMMITTED TO TEXAS JUVENILE JUSTICE DEPARTMENT.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">If an order appointing the Department of Family and Protective Services as managing conservator of a child does not continue the appointment of the child's guardian ad litem or attorney ad litem and the child is committed to the Texas Juvenile Justice Department or released under supervision by the Texas Juvenile Justice Department, the court may appoint a guardian ad litem or attorney ad litem for the child.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -7750,51 +7828,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">PART 2. APPOINTMENTS IN SUITS OTHER THAN SUITS BY GOVERNMENTAL ENTITY</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 107.021.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">107.021.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DISCRETIONARY APPOINTMENTS.  (a)  In a suit in which the best interests of a child are at issue, other than a suit filed by a governmental entity requesting termination of the parent-child relationship or appointment of the entity as conservator of the child, the court may appoint one of the following:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -8051,51 +8135,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId77">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>307</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 8, eff. September 1, 2005.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 107.022.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">107.022.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CERTAIN PROHIBITED APPOINTMENTS.  In a suit other than a suit filed by a governmental entity requesting termination of the parent-child relationship or appointment of the entity as conservator of the child, the court may not appoint:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -8153,51 +8243,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId78">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>307</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 9, eff. September 1, 2005.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 107.023.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">107.023.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">FEES, COURT COSTS, AND EXPENSES IN SUITS OTHER THAN SUITS BY GOVERNMENTAL ENTITY.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In a suit other than a suit filed by a governmental entity requesting termination of the parent-child relationship or appointment of the entity as conservator of the child, in addition to the attorney's fees that may be awarded under Chapter 106, the following persons are entitled to reasonable and necessary fees, court costs, and expenses in an amount set by the court and ordered to be paid by one or more parties to the suit:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -8399,51 +8495,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId80">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2524</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 21, eff. September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 107.024.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">107.024.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">APPOINTMENT OF AMICUS ATTORNEY.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The court, after notice and hearing or on agreement of the parties, may appoint an amicus attorney in a suit.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -8795,51 +8897,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId81">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2530</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 6, eff. September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 107.0245.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">107.0245.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">AMICUS ATTORNEY; MINIMUM QUALIFICATIONS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">To be qualified to serve as an amicus attorney, an individual must:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -9077,51 +9185,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId82">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2530</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 6, eff. September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 107.025.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">107.025.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">EXCEPTION TO QUALIFICATIONS REQUIRED TO SERVE AS AMICUS ATTORNEY IN CERTAIN COUNTIES.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This section applies only to a county with a population of less than 500,000.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -9150,51 +9264,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId83">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2530</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 6, eff. September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 107.0255.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">107.0255.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">AMICUS ATTORNEY; CONFLICTS OF INTEREST AND BIAS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Before a person accepts appointment as an amicus attorney in a suit, the person must disclose to the court, each attorney for a party to the suit, and any party to the suit who does not have an attorney:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -9698,51 +9818,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId84">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2530</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 6, eff. September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 107.026.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">107.026.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">AMICUS ATTORNEY STANDARD OF CARE.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Except as provided by this title, an amicus attorney is subject to the professional standards of care and ethical standards necessary to remain in good standing with the State Bar of Texas.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -9771,51 +9897,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId85">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2530</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 6, eff. September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 107.0265.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">107.0265.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">POWERS AND DUTIES OF AMICUS ATTORNEY.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Subject to specific limitations given in an order of appointment under Section 107.024, an amicus attorney's primary duty is to:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -10699,51 +10831,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId86">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2530</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 6, eff. September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 107.027.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">107.027.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">LIMITATIONS ON AMICUS ATTORNEY POWERS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">An amicus attorney may not:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -10924,51 +11062,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId87">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2530</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 6, eff. September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 107.0275.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">107.0275.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">REMOVAL OF AMICUS ATTORNEY.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The court:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -11126,51 +11270,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER C. APPOINTMENT OF VOLUNTEER ADVOCATES</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 107.031.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">107.031.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">VOLUNTEER ADVOCATES.  (a)  In a suit filed by a governmental entity requesting termination of the parent-child relationship or appointment of the entity as conservator of the child, the court may appoint a charitable organization composed of volunteer advocates whose charter mandates the provision of services to allegedly abused and neglected children or an individual who has received the court's approved training regarding abused and neglected children and who has been certified by the court to appear at court hearings as a guardian ad litem for the child or as a volunteer advocate for the child.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -11349,51 +11499,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER D.  CHILD CUSTODY EVALUATION</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 107.101.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">107.101.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DEFINITIONS.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In this subchapter:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -11650,51 +11806,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId92">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1449</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.03, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 107.102.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">107.102.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">APPLICABILITY.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">For purposes of this subchapter, a child custody evaluation does not include services provided in accordance with the Interstate Compact on the Placement of Children adopted under Subchapter B, Chapter 162, or an evaluation conducted in accordance with Section 262.114 by an employee of or contractor with the department.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -11742,51 +11904,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId93">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1449</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.04, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 107.1025.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">107.1025.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">EFFECT OF MENTAL EXAMINATION.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A mental examination described by Rule 204.4, Texas Rules of Civil Procedure, does not by itself satisfy the requirements for a child custody evaluation under this subchapter.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -11805,51 +11973,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId94">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1449</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.04, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 107.103.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">107.103.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ORDER FOR CHILD CUSTODY EVALUATION.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The court, after notice and hearing or on agreement of the parties, may order the preparation of a child custody evaluation regarding:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -12291,51 +12465,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId98">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>3009</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 107.104.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">107.104.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CHILD CUSTODY EVALUATOR: MINIMUM QUALIFICATIONS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In this section:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -12722,51 +12902,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId103">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2340</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 107.105.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">107.105.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CHILD CUSTODY EVALUATION:</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">SPECIALIZED TRAINING REQUIRED.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -12804,51 +12990,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId104">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1449</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.07, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 107.106.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">107.106.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">EXCEPTION TO QUALIFICATIONS REQUIRED TO CONDUCT CHILD CUSTODY EVALUATION.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This section applies only to a county:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -12989,51 +13181,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId106">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2514</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2019.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 107.107.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">107.107.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CHILD CUSTODY EVALUATOR:</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CONFLICTS OF INTEREST AND BIAS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -13499,51 +13697,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId108">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1449</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.08, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 107.108.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">107.108.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">GENERAL PROVISIONS APPLICABLE TO CONDUCT OF CHILD CUSTODY EVALUATION AND PREPARATION OF REPORT.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Unless otherwise directed by a court or prescribed by a provision of this title, a child custody evaluator's actions in conducting a child custody evaluation must be in conformance with the professional standard of care applicable to the evaluator's licensure and any administrative rules, ethical standards, or guidelines adopted by the licensing authority that licenses the evaluator.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -13914,51 +14118,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId110">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1449</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.09, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 107.109.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">107.109.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ELEMENTS OF CHILD CUSTODY EVALUATION.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A child custody evaluator may not offer an opinion regarding conservatorship of a child who is the subject of a suit or possession of or access to the child unless each basic element of a child custody evaluation as specified in this section and each additional element ordered by the court, if any, has been completed, unless the failure to complete an element is satisfactorily explained as provided by Subsection (b).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -14531,51 +14741,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId113">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1501</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 3, eff. September 1, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 107.110.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">107.110.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PSYCHOMETRIC TESTING.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A child custody evaluator may conduct psychometric testing as part of a child custody evaluation if:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -14748,51 +14964,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId115">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1501</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 4, eff. September 1, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 107.1101.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">107.1101.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">EFFECT OF POTENTIALLY UNDIAGNOSED SERIOUS MENTAL ILLNESS.  (a) In this section, "serious mental illness" has the meaning assigned by Section 1355.001, Insurance Code.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -14861,51 +15083,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId117">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1501</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 5, eff. September 1, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 107.111.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">107.111.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CHILD CUSTODY EVALUATOR ACCESS TO INVESTIGATIVE RECORDS OF DEPARTMENT; OFFENSE.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A child custody evaluator appointed by a court is entitled to obtain from the department a complete, unredacted copy of any investigative record regarding abuse or neglect that relates to any person residing in the residence subject to the child custody evaluation.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -15001,51 +15229,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId119">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1449</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.13, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 107.1111.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">107.1111.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CHILD CUSTODY EVALUATOR ACCESS TO OTHER RECORDS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Notwithstanding any other state law regarding confidentiality, a child custody evaluator appointed by a court is entitled to obtain records that relate to any person residing in a residence subject to a child custody evaluation from:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -15216,51 +15450,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId120">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1501</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 6, eff. September 1, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 107.112.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">107.112.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">COMMUNICATIONS AND RECORDKEEPING OF CHILD CUSTODY EVALUATOR.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Subject to Subsection (b-1), notwithstanding any rule, standard of care, or privilege applicable to the professional license held by a child custody evaluator, a communication made by a participant in a child custody evaluation is subject to disclosure and may be offered in any judicial or administrative proceeding if otherwise admissible under the rules of evidence.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -15539,51 +15779,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId123">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2340</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 3, eff. September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 107.113.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">107.113.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CHILD CUSTODY EVALUATION REPORT REQUIRED.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A child custody evaluator who conducts a child custody evaluation shall prepare a report containing the evaluator's findings, opinions, recommendations, and answers to specific questions asked by the court relating to the evaluation.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -15755,51 +16001,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId125">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1501</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 7, eff. September 1, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 107.114.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">107.114.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">INTRODUCTION AND PROVISION OF CHILD CUSTODY EVALUATION REPORT.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Disclosure to the court or the jury of the contents of a child custody evaluation report prepared under Section 107.113 is subject to the rules of evidence.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -16059,51 +16311,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId128">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2340</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 4, eff. September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 107.115.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">107.115.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CHILD CUSTODY EVALUATION FEE.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">If the court orders a child custody evaluation to be conducted, the court shall award the person appointed as the child custody evaluator a reasonable fee for the preparation of the child custody evaluation that shall be imposed in the form of a money judgment and paid directly to the person.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -16176,51 +16434,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER E.  ADOPTION EVALUATION</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 107.151.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">107.151.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DEFINITIONS.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In this subchapter:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -16315,51 +16579,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId131">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1449</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.18, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 107.152.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">107.152.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">APPLICABILITY.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">For purposes of this subchapter, an adoption evaluation does not include services provided in accordance with the Interstate Compact on the Placement of Children adopted under Subchapter B, Chapter 162, or an evaluation conducted in accordance with Section 262.114 by an employee of or contractor with the department.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -16513,51 +16783,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId133">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 3, eff. September 1, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 107.153.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">107.153.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ORDER FOR ADOPTION EVALUATION.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Except as provided by Subsection (a-1), the court shall order the performance of an adoption evaluation to evaluate each party who requests termination of the parent-child relationship or an adoption in a suit for:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -16768,51 +17044,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId135">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>461</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2023.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 107.154.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">107.154.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ADOPTION EVALUATOR: MINIMUM QUALIFICATIONS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In this section:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -17023,51 +17305,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId137">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 4(a), eff. September 1, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 107.155.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">107.155.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">EXCEPTION TO QUALIFICATIONS REQUIRED TO CONDUCT ADOPTION EVALUATION.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In a county with a population of less than 500,000, if a court finds that an individual who meets the requirements of Section 107.154 is not available in the county to conduct an adoption evaluation in a timely manner, the court, after notice and hearing or on agreement of the parties, may appoint a person the court determines to be otherwise qualified to conduct the evaluation.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -17096,51 +17384,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId138">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1449</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.18, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 107.156.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">107.156.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ADOPTION EVALUATOR: CONFLICTS OF INTEREST AND BIAS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Before accepting appointment as an adoption evaluator in a suit, a person must disclose to the court, each attorney for a party to the suit, any attorney for a child who is the subject of the suit, and any party to the suit who does not have an attorney:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -17567,51 +17861,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId139">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1449</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.18, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 107.157.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">107.157.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">REPORTING CERTAIN PLACEMENTS FOR ADOPTION.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">An adoption evaluator shall report to the department any adoptive placement that appears to have been made by someone other than a licensed child-placing agency or a child's parent or managing conservator.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -17621,51 +17921,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId140">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1449</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.18, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 107.158.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">107.158.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">GENERAL PROVISIONS APPLICABLE TO CONDUCT OF ADOPTION EVALUATOR AND PREPARATION OF REPORTS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Unless otherwise directed by a court or prescribed by this subchapter, an adoption evaluator's actions in conducting an adoption evaluation must be in conformance with the professional standard of care applicable to the evaluator's licensure and any administrative rules, ethical standards, or guidelines adopted by the licensing authority that licenses the evaluator.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -17865,51 +18171,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId141">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1449</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.18, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 107.159.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">107.159.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">REQUIREMENTS FOR PRE-PLACEMENT PORTION OF ADOPTION EVALUATION AND REPORT.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Unless otherwise agreed to by the court, the pre-placement part of an adoption evaluation must comply with the minimum requirements for the pre-placement part of an adoption evaluation under rules adopted by the commissioner of the department.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -18025,51 +18337,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId143">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 5, eff. September 1, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 107.160.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">107.160.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">REQUIREMENTS FOR POST-PLACEMENT PORTION OF ADOPTION EVALUATION AND REPORT.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Unless otherwise agreed to by the court, the post-placement part of an adoption evaluation must comply with the minimum requirements for the post-placement part of an adoption evaluation under rules adopted by the commissioner of the department.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -18166,51 +18484,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId145">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 6, eff. September 1, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 107.161.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">107.161.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">INTRODUCTION AND PROVISION OF ADOPTION EVALUATION REPORT AND TESTIMONY RELATING TO ADOPTION EVALUATION.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Disclosure to the jury of the contents of an adoption evaluation report prepared under Section 107.159 or 107.160 is subject to the rules of evidence.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -18239,51 +18563,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId146">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1449</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.18, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 107.162.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">107.162.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ADOPTION EVALUATION FEE.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">If the court orders an adoption evaluation to be conducted, the court shall award the adoption evaluator a reasonable fee for the preparation of the evaluation that shall be imposed in the form of a money judgment and paid directly to the evaluator. The evaluator may enforce the judgment for the fee by any means available under law for civil judgments.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -18293,51 +18623,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId147">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1449</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.18, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 107.163.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">107.163.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ADOPTION EVALUATOR ACCESS TO INVESTIGATIVE RECORDS OF DEPARTMENT; OFFENSE.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">An adoption evaluator is entitled to obtain from the department a complete, unredacted copy of any investigative record regarding abuse or neglect that relates to any person residing in the residence subject to the adoption evaluation.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -18468,51 +18804,57 @@
         <w:t xml:space="preserve">), Sec. 1, see Sec. 107.101 et seq., post.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER F.  EVALUATIONS IN CONTESTED ADOPTIONS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 107.201.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">107.201.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">APPLICABILITY.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This subchapter does not apply to services provided in accordance with the Interstate Compact on the Placement of Children adopted under Subchapter B, Chapter 162, to an evaluation conducted in accordance with Section 262.114 by an employee of or contractor with the department, or to a suit in which the Department of Family and Protective Services is a party.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -18522,51 +18864,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId151">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1449</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.18, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 107.202.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">107.202.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ASSIGNMENT OF EVALUATIONS IN CONTESTED ADOPTIONS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In a suit in which the adoption of a child is being contested, the court shall determine the nature of the questions posed before appointing an evaluator to conduct either a child custody evaluation or an adoption evaluation.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -18657,51 +19005,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER G.  OFFICE OF CHILD REPRESENTATION AND OFFICE OF PARENT REPRESENTATION</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 107.251.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">107.251.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DEFINITION.  In this subchapter, "governmental entity" includes a county, a group of counties, a department of a county, an administrative judicial region created by Section 74.042, Government Code, and any entity created under the Interlocal Cooperation Act as permitted by Chapter 791, Government Code.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 2015, 84th Leg., R.S., Ch. 571 (H.B. </w:t>
       </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId153">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>3003</w:t>
@@ -18722,51 +19076,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId154">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1488</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 24.001(6), eff. September 1, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 107.252.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">107.252.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">APPLICABILITY.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This subchapter applies to a suit filed by a governmental entity seeking termination of the parent-child relationship or the appointment of a conservator for a child in which appointment of an attorney is required under Section 107.012 or 107.013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -18796,51 +19156,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId156">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1488</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 24.001(6), eff. September 1, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 107.253.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">107.253.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">NONPROFIT FUNDING.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This subchapter does not limit or prevent a nonprofit corporation from receiving and using money obtained from other entities to provide legal representation and services as authorized by this subchapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -18870,51 +19236,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId158">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1488</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 24.001(6), eff. September 1, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 107.254.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">107.254.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">OFFICE OF CHILD REPRESENTATION.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">An office of child representation is an entity that uses public money to provide legal representation and services for a child in a suit filed by a governmental entity seeking termination of the parent-child relationship or the appointment of a conservator for the child in which appointment is mandatory for a child under Section 107.012.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -18944,51 +19316,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId160">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1488</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 24.001(6), eff. September 1, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 107.255.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">107.255.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">OFFICE OF PARENT REPRESENTATION.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">An office of parent representation is an entity that uses public money to provide legal representation and services for a parent in a suit filed by a governmental entity seeking termination of the parent-child relationship or the appointment of a conservator for a child in which appointment is mandatory for a parent under Section 107.013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -19018,51 +19396,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId162">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1488</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 24.001(6), eff. September 1, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 107.256.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">107.256.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CREATION OF OFFICE OF CHILD REPRESENTATION OR OFFICE OF PARENT REPRESENTATION.  (a)  An office described by Section 107.254 or 107.255 may be a governmental entity or a nonprofit corporation operating under a written agreement with a governmental entity, other than an individual judge or court.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -19255,51 +19639,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId165">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1488</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 24.002(2), eff. September 1, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 107.257. NONPROFIT AS OFFICE.  (a)</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">107.257. NONPROFIT AS OFFICE.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Before contracting with a nonprofit corporation to serve as an office of child representation or office of parent representation, the commissioners court or commissioners courts, as applicable, must solicit proposals for the office.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -19358,51 +19748,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId167">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1488</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 24.001(6), eff. September 1, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 107.258.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">107.258.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PLAN OF OPERATION FOR OFFICE.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The applicable commissioners court or commissioners courts shall require a written plan of operation from an entity serving as an office of child representation or office of parent representation. The plan must include:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -19565,51 +19961,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId169">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1488</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 24.001(6).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 107.259.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">107.259.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">OFFICE PERSONNEL.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">An office of child representation or office of parent representation must be directed by a chief counsel who:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -19840,51 +20242,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId172">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2120</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 9, eff. September 1, 2023.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 107.260.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">107.260.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">APPOINTMENTS IN COUNTY IN WHICH OFFICE CREATED.  (a) If there is an office of child representation or office of parent representation serving a county, a court in that county shall appoint for a child or parent, as applicable, an attorney from the office in a suit filed in the county by a governmental entity seeking termination of the parent-child relationship or the appointment of a conservator for the child, unless there is a conflict of interest or other reason to appoint a different attorney from the list maintained by the court of attorneys qualified for appointment under Section 107.012 or 107.013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -20075,51 +20483,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId174">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1488</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 24.001(6), eff. September 1, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 107.261.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">107.261.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">FUNDING OF OFFICE.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">An office of child representation or office of parent representation is entitled to receive money for personnel costs and expenses incurred in operating as an office in amounts set by the commissioners court and paid out of the appropriate county fund, or jointly fixed by the commissioners courts and proportionately paid out of each appropriate county fund if the office serves more than one county.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -20149,51 +20563,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId176">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1488</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 24.001(6), eff. September 1, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 107.262.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">107.262.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">OVERSIGHT BOARD.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The commissioners court of a county or the commissioners courts of two or more counties may establish an oversight board for an office of child representation or office of parent representation created in accordance with this subchapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -20456,51 +20876,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER H.  MANAGED ASSIGNED COUNSEL PROGRAM FOR THE REPRESENTATION OF CERTAIN CHILDREN AND PARENTS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 107.301.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">107.301.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DEFINITIONS.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In this subchapter:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -20568,51 +20994,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId180">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1488</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 24.001(7), eff. September 1, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 107.302. MANAGED ASSIGNED COUNSEL PROGRAM.  (a)</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">107.302. MANAGED ASSIGNED COUNSEL PROGRAM.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A managed assigned counsel program may be operated with public money for the purpose of appointing counsel to provide legal representation and services for a child or parent in a suit filed by a governmental entity seeking termination of the parent-child relationship or the appointment of a conservator for the child in which appointment is mandatory for a child under Section 107.012 or for a parent under Section 107.013. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -20652,51 +21084,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId182">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1488</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 24.001(7), eff. September 1, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 107.303.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">107.303.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CREATION OF MANAGED ASSIGNED COUNSEL PROGRAM.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The commissioners court of a county, on written approval of a judge of a statutory county court or a district court having family law jurisdiction in the county, may appoint a governmental entity, nonprofit corporation, or local bar association to operate a managed assigned counsel program for the legal representation of:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -20840,51 +21278,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId184">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1488</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 24.001(7), eff. September 1, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 107.304. PLAN FOR PROGRAM REQUIRED.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">107.304. PLAN FOR PROGRAM REQUIRED.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The commissioners court or commissioners courts shall require a written plan of operation from an entity operating a program under this subchapter.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The plan of operation must include:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -21066,51 +21510,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId186">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1488</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 24.001(7), eff. September 1, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 107.305. PROGRAM DIRECTOR; PERSONNEL.  (a)  Unless a program uses a review committee appointed under Section 107.306, a program under this subchapter must be directed by a person who:</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">107.305. PROGRAM DIRECTOR; PERSONNEL.  (a)  Unless a program uses a review committee appointed under Section 107.306, a program under this subchapter must be directed by a person who:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">is a member of the State Bar of Texas;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
@@ -21228,51 +21678,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId189">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1488</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 24.002(3), eff. September 1, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 107.306.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">107.306.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">REVIEW COMMITTEE.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The governmental entity, nonprofit corporation, or local bar association operating a program may appoint a review committee of three or more individuals to approve attorneys for inclusion on the program's public appointment list.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -21408,51 +21864,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId192">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1488</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 24.002(4), eff. September 1, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 107.307.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">107.307.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">APPOINTMENT FROM PROGRAM'S PUBLIC APPOINTMENT LIST.  (a) The judge of a county served by a program shall make any appointment required under Section 107.012 or 107.013 in a suit filed in the county by a governmental entity seeking termination of the parent-child relationship or the appointment of a conservator for the child from the program's public appointment list, unless there is a conflict of interest or other reason to appoint a different attorney from the list maintained by the court of attorneys qualified for appointment under Section 107.012 or 107.013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -21549,51 +22011,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId194">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1488</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 24.001(7), eff. September 1, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 107.308.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">107.308.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">FUNDING OF PROGRAM.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A program is entitled to receive money for personnel costs and expenses incurred in amounts set by the commissioners court and paid out of the appropriate county fund or jointly fixed by the commissioners courts and proportionately paid out of each appropriate county fund if the program serves more than one county.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>