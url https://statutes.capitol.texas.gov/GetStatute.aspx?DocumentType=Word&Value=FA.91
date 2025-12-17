--- v0 (2025-10-23)
+++ v1 (2025-12-17)
@@ -180,51 +180,57 @@
         <w:t xml:space="preserve">REPORTING BY WITNESSES ENCOURAGED.  A person who witnesses family violence is encouraged to report the family violence to a local law enforcement agency.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 1997, 75th Leg., ch. 34, Sec. 1, eff. May 5, 1997.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 91.003.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">91.003.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">INFORMATION PROVIDED BY MEDICAL PROFESSIONALS.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A medical professional who treats a person for injuries that the medical professional has reason to believe were caused by family violence shall:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>