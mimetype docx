--- v0 (2025-10-27)
+++ v1 (2025-12-18)
@@ -111,51 +111,57 @@
         <w:t xml:space="preserve">SHORT TITLE.  This chapter may be cited as the Texas Public Finance Authority Act.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 1999, 76th Leg., ch. 227, Sec. 1, eff. Sept. 1, 1999.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 1232.002.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">1232.002.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PURPOSE.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The purpose of this chapter is to provide a method of financing for:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -2722,51 +2728,57 @@
         <w:t xml:space="preserve">An obligation contracted or assumed by the Texas Public Building Authority with respect to a property or contract described by Subsection (a) is an obligation of the Texas Public Finance Authority.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 1999, 76th Leg., ch. 227, Sec. 1, eff. Sept. 1, 1999.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 1232.072.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">1232.072.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">SUNSET PROVISION.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The Texas Public Finance Authority is subject to Chapter 325 (Texas Sunset Act).</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -2867,51 +2879,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId20">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1659</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.08, eff. June 18, 2023.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 1232.073.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">1232.073.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">NEGOTIATED RULEMAKING AND ALTERNATIVE DISPUTE RESOLUTION.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The board shall develop and implement a policy to encourage the use of:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -3081,51 +3099,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER C. OBLIGATIONS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 1232.101.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">1232.101.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ISSUANCE OF BONDS FOR CERTAIN STATE AGENCIES.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">With respect to all bonds authorized to be issued by or on behalf of the Texas Military Department, Parks and Wildlife Department, Texas Agricultural Finance Authority, Texas Low-Level Radioactive Waste Disposal Authority, and Texas Southern University, the authority has the exclusive authority to act on behalf of those entities in issuing bonds on their behalf. In connection with those issuances and with the issuance of refunding bonds on behalf of those entities, the authority is subject to all rights, duties, and conditions surrounding issuance previously applicable to the issuing entity under the statute authorizing the issuance. A reference in an authorizing statute to the entity on whose behalf the bonds are being issued applies equally to the authority in its capacity as issuer on behalf of the entity.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -3386,51 +3410,57 @@
         <w:t xml:space="preserve">The commission or other state agency involved in acquiring or constructing a building financed by bonds issued under this chapter shall accomplish its statutory authority as if the building were financed by legislative appropriation.  The board and the commission or other state agency involved in the acquisition or construction of a building shall adopt a memorandum of understanding that defines the division of authority between the board and the commission or other agency.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 1999, 76th Leg., ch. 227, Sec. 1, eff. Sept. 1, 1999.  Amended by Acts 2001, 77th Leg., ch. 646, Sec. 5, eff. Sept. 1, 2001.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 1232.1025.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">1232.1025.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ISSUANCE OF BONDS FOR MILITARY FACILITIES.  (a)  The board may issue and sell bonds in the name of the authority to finance the acquisition or construction of buildings to be used as state military forces facilities.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -3533,51 +3563,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId28">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 3.09, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 1232.1026.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">1232.1026.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ISSUANCE OF BONDS FOR TEXAS BULLION DEPOSITORY BUILDINGS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The board may issue and sell bonds in the name of the authority to finance the acquisition or construction of buildings to be used to operate the Texas Bullion Depository, including the acquisition of real property for that purpose.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -4479,51 +4515,57 @@
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 1999, 76th Leg., ch. 227, Sec. 1, eff. Sept. 1, 1999.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 1232.106.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">1232.106.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">EVALUATION OF APPLICATION FOR ASSISTANCE WITH ALTERNATIVE FUEL PROJECTS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The comptroller shall evaluate an application by an eligible entity for the financing under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">1232.104</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of the acquisition, construction, or improvement of alternative fuels infrastructure and shall determine whether the proposed project will increase energy or cost savings to the applicant.</w:t>
       </w:r>
@@ -4851,51 +4893,57 @@
         <w:t xml:space="preserve">The authority and the Public Utility Commission of Texas have all powers necessary to perform the duties and responsibilities described by this section.  This section shall be interpreted broadly in a manner consistent with the most cost-effective financing of stranded costs.  To the extent possible, obligations or evidences of indebtedness issued by the authority under this section must be structured so that any interest on the obligations or evidences of indebtedness is excluded from gross income for federal income tax purposes.  Any interest on the obligations or evidences of indebtedness is not subject to taxation by and may not be included as part of the measurement of a tax by this state or a political subdivision of this state.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 2001, 77th Leg., ch. 1420, Sec. 8.007(a), eff. Sept. 1, 2001.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 1232.1072.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">1232.1072.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ISSUANCE OF OBLIGATIONS FOR FINANCING CUSTOMER RATE RELIEF PROPERTY.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The definitions in Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">104.362</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, Utilities Code, apply to terms used in this section.</w:t>
       </w:r>
@@ -5397,51 +5445,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId32">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1520</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 3, eff. June 16, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 1232.108.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">1232.108.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">LEGISLATIVE AUTHORIZATION REQUIRED.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Except as permitted by Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">1232.1072</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
@@ -5862,51 +5916,57 @@
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 1999, 76th Leg., ch. 227, Sec. 1, eff. Sept. 1, 1999.  Amended by Acts 2001, 77th Leg., ch. 646, Sec. 6, eff. Sept. 1, 2001.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 1232.111.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">1232.111.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CERTAIN PROJECTS BY TEXAS DEPARTMENT OF TRANSPORTATION.  (a)  The authority may issue and sell obligations to finance one or more projects described by Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">201.1055</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(a), Transportation Code.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Notwithstanding Section </w:t>
       </w:r>
@@ -6115,51 +6175,57 @@
         <w:t xml:space="preserve">Added by Acts 2001, 77th Leg., ch. 565, Sec. 1, eff. Nov. 6, 2001.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Text of section effective on Passage of SJR 65.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 1232.1116.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">1232.1116.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CERTAIN MAINTENANCE, IMPROVEMENT, REPAIR, AND CONSTRUCTION PROJECTS; GENERAL OBLIGATION BONDS.  (a)  The authority has the exclusive power to issue general obligation bonds under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">50-g</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, Article III, Texas Constitution.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The board shall issue the bonds in a cumulative amount not to exceed $1 billion for:</w:t>
       </w:r>
@@ -7638,51 +7704,57 @@
         <w:t xml:space="preserve">the costs of issuing the obligations, as certified by the authority, have been paid.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 1999, 76th Leg., ch. 227, Sec. 1, eff. Sept. 1, 1999.  Amended by Acts 2001, 77th Leg., ch. 1420, Sec. 8.010(a), eff. Sept. 1, 2001.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 1232.1221.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">1232.1221.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">COMMENCEMENT OF CERTAIN MULTIYEAR CANCER-RELATED PROJECTS.  (a) Funds may be distributed to a grant recipient for a multiyear project for which an award is granted by the Cancer Prevention and Research Institute of Texas Oversight Committee as authorized by Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">102.257</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, Health and Safety Code, after the authority has certified that obligations in an amount sufficient to pay the money needed to fund the project have been authorized for issuance by the authority and approved by the Bond Review Board.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
@@ -7868,51 +7940,57 @@
         <w:t xml:space="preserve">, the interest earned on the investment income that is deposited in the state lease fund account shall be credited to and accounted for in that account.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 1999, 76th Leg., ch. 227, Sec. 1, eff. Sept. 1, 1999.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 1232.124.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">1232.124.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PREFERENCE FOR TEXAS BUSINESSES.  If the authority contracts with a private entity to issue bonds under this chapter, the authority shall consider contracting with:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>