--- v0 (2025-10-27)
+++ v1 (2025-12-18)
@@ -1258,51 +1258,57 @@
         <w:t xml:space="preserve">INFORMATION REGARDING REQUIREMENTS FOR EMPLOYMENT AND STANDARDS OF CONDUCT.  The chief administrative law judge or the chief administrative law judge's designee shall provide to office employees, as often as necessary, information regarding the requirements for employment under this chapter, including information regarding a person's responsibilities under applicable laws relating to standards of conduct for state employees.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 2003, 78th Leg., ch. 1215, Sec. 5, eff. Sept. 1, 2003.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2003.023.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2003.023.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">SUNSET PROVISION.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The State Office of Administrative Hearings is subject to review under Chapter 325 (Texas Sunset Act), but is not abolished under that chapter.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -1822,51 +1828,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId20">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1794</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2019.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2003.025.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2003.025.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">REQUIRED INFORMATION REGARDING ANTICIPATED HOURLY USAGE.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This section applies to a state agency that has entered into a contract with the office for the conduct of hearings and alternative dispute resolution procedures for the agency, including a contract under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">2003.024</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
@@ -3314,51 +3326,57 @@
         <w:t xml:space="preserve">The chief administrative law judge may create teams or divisions within the central panel, including an administrative license revocation division, according to the subject matter or types of hearings conducted by the central panel.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 1993, 73rd Leg., ch. 268, Sec. 1, eff. Sept. 1, 1993.  Amended by Acts 1999, 76th Leg., ch. 85, Sec. 8, eff. Sept. 1, 1999.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2003.047.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2003.047.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">HEARINGS FOR TEXAS COMMISSION ON ENVIRONMENTAL QUALITY.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The office shall perform contested case hearings for the Texas Commission on Environmental Quality.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -4643,51 +4661,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId29">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>3735</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 6, eff. September 1, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2003.049.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2003.049.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">UTILITY HEARINGS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The office shall perform contested case hearings for the Public Utility Commission of Texas as prescribed by the Public Utility Regulatory Act of 1995 and other applicable law.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -5402,51 +5426,57 @@
         <w:t xml:space="preserve">The rules of the office regarding the participation of a witness by telephone must include procedures to verify the identity of the witness who is to appear by telephone.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 1997, 75th Leg., ch. 605, Sec. 3, eff. Jan. 1, 1998.  Amended by Acts 2003, 78th Leg., ch. 1215, Sec. 8, eff. Sept. 1, 2003.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2003.051.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2003.051.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ROLE OF REFERRING AGENCY.  (a) Except in connection with interim appeals of orders or questions certified to an agency by an administrative law judge, as permitted by law, a state agency that has referred a matter to the office in which the office will conduct a hearing may not take any adjudicative action relating to the matter until the office has issued its proposal for decision or otherwise concluded its involvement in the matter.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The state agency may exercise its advocacy rights in the matter before the office in the same manner as any other party.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -6095,51 +6125,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER D.  TAX HEARINGS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2003.101.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2003.101.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">TAX HEARINGS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The office shall conduct hearings relating to contested cases involving the collection, receipt, administration, and enforcement of taxes, fees, and other amounts as prescribed by Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">111.00455</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, Tax Code.</w:t>
       </w:r>
@@ -7003,51 +7039,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId37">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2154</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 26(2), eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2003.103.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2003.103.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">TIMELINESS OF HEARINGS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The office shall conduct all hearings under this subchapter in a timely manner.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -7125,51 +7167,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId39">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2154</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 15, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2003.104.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2003.104.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CONFIDENTIALITY OF TAX HEARING INFORMATION.  (a)  The office shall keep information that identifies a taxpayer who participates in a case under this subchapter confidential, including the taxpayer's name and social security number.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -7256,51 +7304,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId41">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2154</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 16, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2003.108.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2003.108.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PENDING CASE STATUS REVIEW.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> At least quarterly, the office shall review with the comptroller and appropriate staff of the office the status of pending cases under this subchapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -7340,51 +7394,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId43">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>241</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.10, eff. September 1, 2019.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2003.109.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2003.109.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">RULES; EARLY REFERRAL.  (a) The comptroller may adopt rules to provide for the referral to the office of issues related to a case described by Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">111.00455</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, Tax Code, to resolve a procedural or other preliminary dispute between the comptroller and a party.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
@@ -7470,51 +7530,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER Z.  APPEALS FROM APPRAISAL REVIEW BOARD DETERMINATIONS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2003.901.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2003.901.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">APPEALS FROM APPRAISAL REVIEW BOARD DETERMINATIONS.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">As an alternative to filing an appeal under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">42.01</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, Tax Code, a property owner may appeal to the office an appraisal review board order determining a protest concerning the appraised or market value of property brought under Section </w:t>
       </w:r>
@@ -7566,51 +7632,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId47">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>316</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. January 1, 2014.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2003.902.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2003.902.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PARTICIPATING OFFICES AND REMOTE HEARING SITES.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The office shall hear appeals filed under this subchapter only in:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -7937,51 +8009,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId50">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>316</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 3, eff. January 1, 2014.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2003.903.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2003.903.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">RULES.  (a)  The office has rulemaking authority to implement this subchapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -8026,51 +8104,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId51">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>3612</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. January 1, 2010.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2003.904.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2003.904.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">APPLICABILITY TO REAL AND PERSONAL PROPERTY.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This subchapter applies only to an appeal of a determination of the appraised or market value made by an appraisal review board in connection with real or personal property, other than industrial property.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -8110,51 +8194,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId53">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>316</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 4, eff. January 1, 2014.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2003.905.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2003.905.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">EDUCATION AND TRAINING OF ADMINISTRATIVE LAW JUDGES.  (a)  An administrative law judge assigned to hear an appeal brought under this subchapter must have knowledge of:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -8230,51 +8320,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId54">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>3612</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. January 1, 2010.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2003.906.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2003.906.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">NOTICE OF APPEAL TO OFFICE; DEPOSIT.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(a) To appeal an appraisal review board order to the office under this subchapter, a property owner must file with the chief appraiser of the appraisal district:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
@@ -8573,51 +8669,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId56">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2203</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. June 17, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2003.907.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2003.907.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CONTENTS OF NOTICE OF APPEAL.  The chief administrative law judge by rule shall prescribe the form of a notice of appeal under this subchapter.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The form must require the property owner to provide:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -8684,51 +8786,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId57">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>3612</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. January 1, 2010.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2003.908.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2003.908.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">NOTICE TO PROPERTY OWNERS.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">An appraisal review board that delivers notice of issuance of an order described by Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">2003.901</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of this code pertaining to property described by Section </w:t>
       </w:r>
@@ -8830,51 +8938,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId59">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>316</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 5, eff. January 1, 2014.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2003.909.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2003.909.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DESIGNATION OF ADMINISTRATIVE LAW JUDGE; LOCATION OF HEARING.  (a)  As soon as practicable after the office receives a notice of appeal and the filing fee, the office shall designate an administrative law judge to hear the appeal.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -9013,51 +9127,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId62">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>316</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 7, eff. January 1, 2014.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2003.910.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2003.910.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">SCOPE OF APPEAL; HEARING.  (a)  An appeal is by trial de novo.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The administrative law judge may not admit into evidence the fact of previous action by the appraisal review board, except as otherwise provided by this subchapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -9148,51 +9268,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId63">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>3612</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. January 1, 2010.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2003.911.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2003.911.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">REPRESENTATION OF PARTIES.  (a)  A property owner may be represented at the hearing by:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -9332,51 +9458,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId64">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>3612</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. January 1, 2010.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2003.912.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2003.912.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DETERMINATION OF ADMINISTRATIVE LAW JUDGE.  (a)  As soon as practicable, but not later than the 30th day after the date the hearing is concluded, the administrative law judge shall issue a determination and send a copy to the property owner and the chief appraiser.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -9751,51 +9883,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId66">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2203</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 3, eff. June 17, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2003.913.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2003.913.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PAYMENT OF TAXES PENDING APPEAL.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The pendency of an appeal to the office does not affect the delinquency date for the taxes on the property subject to the appeal.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -9908,51 +10046,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId68">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>850</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 13, eff. September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2003.914.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2003.914.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">EFFECT ON RIGHT TO JUDICIAL APPEAL.  An appeal to the office under this subchapter is an election of remedies and an alternative to bringing an appeal under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">42.01</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, Tax Code.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 2009, 81st Leg., R.S., Ch. 1180 (H.B. </w:t>
       </w:r>