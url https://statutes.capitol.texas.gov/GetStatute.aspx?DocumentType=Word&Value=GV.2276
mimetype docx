--- v0 (2025-10-27)
+++ v1 (2025-12-16)
@@ -56,51 +56,57 @@
         <w:t xml:space="preserve">SUBTITLE F. STATE AND LOCAL CONTRACTS AND FUND MANAGEMENT</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">CHAPTER 2276.  PROHIBITION ON CONTRACTS WITH COMPANIES BOYCOTTING CERTAIN ENERGY COMPANIES</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2276.001.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2276.001.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DEFINITIONS.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In this chapter:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -211,51 +217,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId15">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4595</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 24.001(22), eff. September 1, 2023.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2276.002.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2276.002.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PROVISION REQUIRED IN CONTRACT.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This section applies only to a contract that:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>