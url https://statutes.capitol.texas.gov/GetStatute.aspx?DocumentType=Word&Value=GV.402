--- v0 (2025-10-27)
+++ v1 (2025-12-16)
@@ -675,51 +675,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId16">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>891</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 13.02, eff. September 1, 2019.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 402.007.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">402.007.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PAYMENT TO TREASURY; ALLOCATION OF CERTAIN MONEY RECEIVED BY ATTORNEY GENERAL.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The attorney general shall immediately pay into the state treasury money received for a debt, a penalty, or restitution.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -1117,51 +1123,57 @@
         <w:t xml:space="preserve">OFFICE.  The attorney general shall keep the attorney general's office in Austin.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1987, 70th Leg., ch. 147, Sec. 1, eff. Sept. 1, 1987.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 402.009.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">402.009.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">AUTHORITY TO EMPLOY AND COMMISSION PEACE OFFICERS.  (a) The attorney general may employ and commission peace officers as investigators for the limited purpose of assisting the attorney general in carrying out the duties of that office relating to prosecution assistance and crime prevention.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -1200,51 +1212,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId21">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2037</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 402.010.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">402.010.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">LEGAL CHALLENGES TO CONSTITUTIONALITY OF STATE STATUTES.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In an action in which a party to the litigation files a petition, motion, or other pleading challenging the constitutionality of a statute of this state, the party shall file the form required by Subsection (a-1).</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -2331,51 +2349,57 @@
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 2003, 78th Leg., ch. 932, Sec. 1, eff. Sept. 1, 2003.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 402.024.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">402.024.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DEFENSE OF DISTRICT ATTORNEY, COUNTY ATTORNEY, OR GRAND JUROR.  (a)  The attorney general shall defend a state district attorney in an action in a federal court if:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -2667,51 +2691,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId33">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>888</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 402.0241.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">402.0241.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DEFENSE OF LOCAL ENTITIES IN SUITS RELATED TO IMMIGRATION DETAINER REQUESTS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In this section, "local entity" has the meaning assigned by Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">752.051</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
@@ -3131,51 +3161,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId37">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1620</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 8.008, eff. September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 402.02801.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">402.02801.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">INVESTIGATION OF OPEN MEETING OFFENSES.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The open records division of the attorney general's office, on the request of a law enforcement agency under Article </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">2A.067</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, Code of Criminal Procedure, or an attorney representing the state under Article </w:t>
       </w:r>
@@ -3228,51 +3264,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId38">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>3711</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 3, eff. September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 402.0281.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">402.0281.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">INTERNET SERVICE PROVIDER DATABASE.  (a)  The attorney general shall establish a computerized database containing contact information for all Internet service providers providing service in this state.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The contact information must include:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -3482,51 +3524,57 @@
         <w:t xml:space="preserve">Based on the examination required under Subsection (a), the attorney general shall modify policies and procedures as necessary to permit full participation of fathers in functions performed by the attorney general relating to children in all appropriate circumstances.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 2001, 77th Leg., ch. 256, Sec. 3, eff. Sept. 1, 2001.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 402.031.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">402.031.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PREPARATION OF LANDOWNER'S BILL OF RIGHTS STATEMENT.  (a)  The attorney general shall prepare a written statement that includes a bill of rights for a property owner whose real property may be acquired by a governmental or private entity through the use of the entity's eminent domain authority under Chapter </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, Property Code.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
@@ -4030,51 +4078,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId41">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2730</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. January 1, 2022.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 402.033.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">402.033.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">REPORTING FRAUDULENT ACTIVITIES.  (a)  In this section:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -4365,51 +4419,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId45">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>526</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1(b), eff. September 1, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 402.034.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">402.034.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">HUMAN TRAFFICKING PREVENTION COORDINATING COUNCIL.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In this section, "council" means the human trafficking prevention coordinating council.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -5120,51 +5180,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId49">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1778</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.02, eff. September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 402.035.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">402.035.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">HUMAN TRAFFICKING PREVENTION TASK FORCE.  (a)  In this section, "task force" means the human trafficking prevention task force.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -7451,51 +7517,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId68">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1778</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.03, eff. September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 402.0351.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">402.0351.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">REQUIRED POSTING OF HUMAN TRAFFICKING SIGNS BY CERTAIN ENTITIES; CIVIL PENALTY.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In this section:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -8408,51 +8480,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId74">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1778</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.05, eff. September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 402.0352.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">402.0352.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">REPORTING OF HUMAN TRAFFICKING CASES.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This section applies only to:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -9277,51 +9355,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId77">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1778</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.06, eff. September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 402.0353.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">402.0353.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">STATEWIDE HUMAN TRAFFICKING DATA REPOSITORY; ANNUAL REPORT.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The office of the attorney general shall establish a statewide human trafficking data repository to collect, organize, and analyze human trafficking information reported to the office under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">402.0352</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> in a manner that enables the office, in collaboration with the human trafficking prevention coordinating council established under Section </w:t>
       </w:r>
@@ -9636,51 +9720,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId78">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1778</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.07, eff. September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 402.036.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">402.036.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">SUPPORT ADOPTION ACCOUNT.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The Support Adoption account is a separate account in the general revenue fund.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -10219,51 +10309,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId82">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2376</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. September 1, 2023.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 402.037.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">402.037.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">SUPPORT ADOPTION ADVISORY COMMITTEE.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The attorney general shall appoint a seven-member Support Adoption advisory committee.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -10459,51 +10555,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId85">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2376</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 4, eff. September 1, 2023.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 402.038.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">402.038.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">TRANSNATIONAL AND ORGANIZED CRIME DIVISION.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The office of the attorney general shall establish a transnational and organized crime division.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -10706,51 +10808,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId87">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4173</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.43, eff. January 1, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 402.039.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">402.039.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DOMESTIC VIOLENCE HIGH RISK TEAMS GRANT PROGRAM.  (a) A domestic violence high risk team is a multidisciplinary team that coordinates efforts to increase the safety of victims of family violence, as that term is defined by Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">71.004</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, Family Code, by monitoring and containing perpetrators while providing victim services.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The team may be composed of law enforcement officers, prosecutors, community supervision and corrections departments, victim advocates, nonprofit organizations that provide services or shelter to victims of family violence, and medical personnel.</w:t>
       </w:r>
@@ -11305,51 +11413,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId90">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>246</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 402.043.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">402.043.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">QUESTIONS RELATING TO ACTIONS IN WHICH THE STATE IS INTERESTED.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The attorney general shall advise an attorney, on the attorney's request, in the prosecution or defense of an action in which the state is interested before a district or inferior court if:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -11587,51 +11701,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER D.  PROSECUTION OF TRAFFICKING OF PERSONS OFFENSE</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 402.101.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">402.101.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">APPLICABILITY.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This subchapter applies to a criminal offense under Chapter </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">20A</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, Penal Code.</w:t>
       </w:r>
@@ -11647,51 +11767,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId92">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>45</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 402.102.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">402.102.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PROVISION OF INFORMATION TO ATTORNEY GENERAL.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A law enforcement agency that submits to a local prosecuting attorney a report stating there is probable cause to believe an identified person has committed a criminal offense described by Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">402.101</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> shall simultaneously submit a copy of that report to the attorney general.</w:t>
       </w:r>
@@ -11747,51 +11873,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId93">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>45</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 402.103.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">402.103.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PROSECUTION.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Notwithstanding any other law, the attorney general has jurisdiction to prosecute and shall represent the state in the prosecution of a criminal offense described by Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">402.101</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> if:</w:t>
       </w:r>
@@ -12012,127 +12144,121 @@
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER E.  PROSECUTION OF CRIMINAL OFFENSES PRESCRIBED BY STATE ELECTION LAWS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Sec. 402.151.</w:t>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">402.151.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">APPLICABILITY.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This subchapter applies to a criminal offense under the Election Code.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 2025, 89th Leg., 2nd C.S., Ch. 19 (S.B. </w:t>
       </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId95">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>12</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. December 4, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Sec. 402.152.</w:t>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">402.152.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PROVISION OF INFORMATION TO ATTORNEY GENERAL.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A law enforcement agency shall submit to the attorney general any report stating there is probable cause to believe an identified person has committed a criminal offense described by Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">402.151</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
@@ -12169,64 +12295,61 @@
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 2025, 89th Leg., 2nd C.S., Ch. 19 (S.B. </w:t>
       </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId96">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>12</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. December 4, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Sec. 402.153.</w:t>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">402.153.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PROSECUTION.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Notwithstanding any other law, the attorney general has jurisdiction to prosecute and shall represent the state in the prosecution of a criminal offense described by Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">402.151</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">.</w:t>
       </w:r>