--- v0 (2025-10-27)
+++ v1 (2025-12-18)
@@ -71,51 +71,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER A.  GENERAL PROVISIONS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.001.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.001.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DEFINITIONS.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In this chapter:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -584,51 +590,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId15">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1326</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2019.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.0011.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.0011.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">REFERENCE IN OTHER LAW.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A reference in other law to the adjutant general's department means the Texas Military Department.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -638,51 +650,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId16">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.002.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.002.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">COMMANDER-IN-CHIEF.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The governor is the commander-in-chief of the Texas military forces, except any portion of those forces in the service of the United States.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -720,51 +738,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId17">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.003.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.003.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">GOVERNOR'S MILITARY APPOINTMENTS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The governor, with the advice and consent of the senate, shall appoint an adjutant general to a two-year term expiring February 1 of each even-numbered year.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -950,51 +974,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId18">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.004.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.004.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">REGULATING TEXAS MILITARY FORCES.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The governor shall make and publish regulations, according to existing federal and state law, to govern the Texas military forces.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -1089,51 +1119,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId19">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.005.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.005.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">AUTHORITY FOR STATE ACTIVE DUTY, STATE TRAINING, AND OTHER DUTY.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The governor may activate all or part of the Texas military forces to state active duty or for state training and other duty.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -1209,51 +1245,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId20">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.006.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.006.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">OFFICERS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The governor shall appoint and commission officers of the Texas National Guard.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -1319,51 +1361,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId21">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.007.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.007.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ENLISTMENT AND APPOINTMENT.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Federal law prescribes the terms and the qualifications and requirements for enlistment and appointment in the Texas National Guard.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -1401,51 +1449,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId22">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.008.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.008.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">MILITARY FACILITIES PROJECTS:</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">MATCHING FEDERAL FUNDS.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -1479,51 +1533,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER B.  TEXAS MILITARY DEPARTMENT</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.051.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.051.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">SUNSET PROVISION.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The department is subject to Chapter 325 (Texas Sunset Act).</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -1572,51 +1632,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId25">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1326</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. September 1, 2019.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.052.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.052.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ADJUTANT GENERAL:</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">JURISDICTION, DIVISION OF RESPONSIBILITIES, AND QUALIFICATIONS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -1807,51 +1873,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId27">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1326</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 3, eff. September 1, 2019.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.053.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.053.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ADJUTANT GENERAL: DUTIES.  The adjutant general shall:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -2129,51 +2201,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId29">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1326</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 4, eff. September 1, 2019.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.0531.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.0531.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">EQUAL EMPLOYMENT OPPORTUNITY POLICY STATEMENT.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The adjutant general shall adopt a written policy statement to implement a program of equal employment opportunity under which all personnel transactions are made without regard to race, color, disability, sex, religion, age, or national origin.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -2274,51 +2352,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId30">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.054.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.054.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ADJUTANT GENERAL:</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">GENERAL POWERS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -2423,51 +2507,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId32">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>5308</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.055.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.055.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">SEAL.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The seal of the adjutant general consists of a five-pointed star with "Adjutant General, State of Texas" around the margin.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -2477,51 +2567,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId33">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.056.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.056.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">MANDATORY TRAINING FOR ADJUTANT GENERAL.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Before the adjutant general may assume the duties of the office and before the adjutant general may be confirmed by the senate, the adjutant general must complete at least one course of the training program established under this section.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -2784,51 +2880,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId34">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.057.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.057.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DEPUTY ADJUTANTS GENERAL.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A deputy adjutant general has the rank prescribed by the governor, not to exceed the grade authorized for federal recognition in the position.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -2918,51 +3020,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId35">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.058.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.058.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">GENERAL OFFICERS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The adjutant general may appoint as general officers one or more assistant deputy adjutants general for army, an assistant deputy adjutant general for air, an assistant adjutant general for homeland security, and an assistant adjutant general for domestic operations.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -3232,51 +3340,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId38">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1905</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.059.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.059.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ADJUTANT GENERAL APPOINTMENTS.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The adjutant general, as the adjutant general determines appropriate and with available funds, may appoint full-time employees of the department, traditional national guard members, state guard volunteers, or federal employees.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -3286,51 +3400,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId39">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.060.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.060.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CONFLICT OF INTEREST PROVISIONS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A person may not be appointed adjutant general, a deputy adjutant general, a general officer, judge advocate general, or director of state administration if the person is required to register as a lobbyist under Chapter </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">305</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> because of the person's activities for compensation on behalf of a profession related to the operation of the department.</w:t>
       </w:r>
@@ -3433,51 +3553,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId41">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1326</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 5, eff. September 1, 2019.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.061.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.061.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">REMOVAL PROVISIONS FOR ADJUTANT GENERAL.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">It is a ground for removal that the adjutant general:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -3620,51 +3746,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId42">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.062.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.062.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">SALARIES.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The adjutant general is entitled to a salary in the amount designated in the General Appropriations Act.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -3723,51 +3855,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId44">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1326</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 6, eff. September 1, 2019.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.063.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.063.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ADJUTANT GENERAL: DELEGATION OF EXPENDITURE APPROVAL AUTHORITY. The adjutant general may delegate the authority to approve department expenditures to the director of state administration.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 2017, 85th Leg., R.S., Ch. 260 (H.B. </w:t>
       </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId45">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1630</w:t>
@@ -3813,51 +3951,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER C.  TEXAS MILITARY DEPARTMENT OPERATIONS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.101.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.101.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DIRECTOR OF STATE ADMINISTRATION.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The director of state administration is a senior-level employee of the department and is appointed by and serves at the pleasure of the adjutant general.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -3966,51 +4110,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId48">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1326</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 8, eff. September 1, 2019.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.102.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.102.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DEPARTMENT PERSONNEL.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The director of state administration may hire employees as necessary to carry on the state support operations of the department.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -4069,51 +4219,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId50">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1326</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 9, eff. September 1, 2019.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.103.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.103.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">STATE GUARD ADMINISTRATIVE PERSONNEL.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Except as provided by Subsection (b), to be eligible to hold a position relating to the daily operations and coordination of the Texas State Guard, an employee must maintain membership in the Texas State Guard.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -4142,51 +4298,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId51">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.104.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.104.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CAREER LADDER PROGRAM; PERFORMANCE EVALUATIONS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The director of state administration shall develop a career ladder program. The program must require intra-agency postings of all non-entry level positions concurrently with any public posting.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -4245,51 +4407,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId53">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1326</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 10, eff. September 1, 2019.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.105.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.105.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">AUTHORITY TO MAKE DIFFERENTIAL PAYMENTS.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The department may pay an employee additional compensation for duty hours other than Monday through Friday normal business hours or for the ability to legally carry weapons if required for the position.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -4317,51 +4485,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId54">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.106.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.106.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">HISTORICAL PRESERVATION OF RECORDS AND PROPERTY.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Except as provided by other law and in accordance with all applicable federal and state requirements, the department shall preserve all historically significant military records or property in the Texas Military Forces Museum.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -4371,51 +4545,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId55">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.107.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.107.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">REPORTS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The department annually shall submit to the governor and the presiding officer of each house of the legislature a complete and detailed written report accounting for all funds received and disbursed by the department during the preceding fiscal year.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -4567,51 +4747,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId56">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.108.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.108.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">TECHNOLOGY POLICY.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The department shall develop and implement a policy requiring the director of state administration and department's employees to research and propose appropriate technological solutions to improve the department's ability to perform its functions.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -4755,51 +4941,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId58">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1326</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 11, eff. September 1, 2019.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.109.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.109.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">EXEMPTION FROM CERTAIN STATE ACTIVITIES.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The department is exempt from the provisions of Chapter </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">2054</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> relating to the oversight of information resources and information resource manager provisions to the extent the National Guard Bureau and the United States Department of Defense provide information technology and communications support to the department.</w:t>
       </w:r>
@@ -4834,51 +5026,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId59">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.110.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.110.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">POST EXCHANGES ON STATE MILITARY PROPERTY.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The department may establish and contract for the operation of not more than three military-type post exchanges similar to those operated by the armed forces of the United States on any real property under the management and control of the department.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -5224,51 +5422,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId61">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1545</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 390, eff. September 1, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.111.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.111.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DONATIONS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Except as provided by Subsections (d) and (e), all money paid to the department under this chapter is subject to Subchapter </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">F</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, Chapter </w:t>
       </w:r>
@@ -5456,51 +5660,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId62">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.112.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.112.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">INFORMATION OF INTEREST; COMPLAINTS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The department shall prepare information of public interest describing the functions of the department and the procedures by which complaints are filed with and resolved by the department.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -5718,51 +5928,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId63">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.113.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.113.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ALTERNATIVE DISPUTE RESOLUTION PROCEDURES.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The department shall develop and implement a policy to encourage the use of appropriate alternative dispute resolution procedures under Chapter </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">2009</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> to assist in the resolution of internal and external disputes within the department's jurisdiction.</w:t>
       </w:r>
@@ -5873,51 +6089,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId64">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.114.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.114.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">SUPPLIES.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The department may purchase from money appropriated to the department and keep ready for use, store, or issue a necessary amount of ordnance, subsistence, medical, signal, engineering, and other supplies.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -5983,51 +6205,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId65">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.115.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.115.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">BIDS.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The department shall adopt rules governing the preparation, submission, and opening of bids for contracts.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -6037,51 +6265,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId66">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.116.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.116.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PROGRAM ACCESSIBILITY.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The department shall comply with federal and state laws related to program accessibility.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -6100,51 +6334,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId67">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.117.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.117.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">TEXAS CHALLENGE ACADEMY.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">For each student enrolled in the Texas ChalleNGe Academy, the department is entitled to allotments from the Foundation School Program under Chapter </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, Education Code, as if the academy were a school district without a tier one local share for purposes of Section </w:t>
       </w:r>
@@ -6224,51 +6464,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId69">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 3.077, eff. September 1, 2019.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.118.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.118.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">MAINTENANCE AND OPERATION OF MILITARY HOUSING.  The department shall maintain and operate charged military housing in accordance with policies and regulations adopted by the adjutant general and published on the department's Internet website.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The department shall deposit room fees in a billeting account.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -6308,51 +6554,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId71">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1606</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.119.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.119.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">USE OF FUNDS TO PURCHASE FOOD AND BEVERAGES.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The department may use appropriated money to purchase food and beverages for:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -6434,51 +6686,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER D.  REAL PROPERTY MANAGEMENT</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.151.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.151.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">REAL PROPERTY ADVISORY COUNCIL.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The real property advisory council is composed of the following eight members:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -6923,51 +7181,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId74">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1326</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 12, eff. September 1, 2019.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.152.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.152.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PUBLIC COMMENT.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The advisory council shall develop and implement policies that provide the public with a reasonable opportunity to at least annually appear before the council and speak on any issue related to the construction, repair, and maintenance of Texas military forces armories, facilities, and improvements under the jurisdiction of the department.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -6977,51 +7241,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId75">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.153.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.153.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">BORROWING MONEY; ISSUING AND SELLING BONDS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The department may borrow money in the amount and under circumstances allowed by the Texas Constitution and may request the Texas Public Finance Authority, on behalf of the department, to issue and sell fully negotiable bonds to acquire, construct, remodel, repair, or equip one or more facilities.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -7050,51 +7320,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId76">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.154.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.154.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">REPORT OF MILITARY USE OF PROPERTY.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">If the department receives notice from the General Land Office as provided by Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">31.156</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, Natural Resources Code, the department shall produce a report evaluating the military use of any real property under the management and control of the department.</w:t>
       </w:r>
@@ -7226,51 +7502,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId77">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.155.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.155.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ACQUISITION; MANAGEMENT; PLEDGE OF RENTS, ISSUES, AND PROFITS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The department by gift, lease, or purchase may acquire real property, including leasehold estates in real property, for any purpose the department considers necessary for the use of the Texas military forces.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -7483,51 +7765,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId78">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.156.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.156.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CONSTRUCTION; FURNISHING AND EQUIPMENT.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The department may construct buildings on real property held by the department in fee simple or otherwise.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -7593,51 +7881,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId79">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.157.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.157.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">LEASE OF PROPERTY.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In this section, "lease" includes a sublease.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -7691,51 +7985,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId80">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.158.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.158.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">TRANSFER TO STATE.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">When property that the Texas Public Finance Authority owns in accordance with Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">437.159</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> is fully paid for and free of liens and all obligations incurred in connection with the acquisition and construction of the property have been fully paid, the Texas Public Finance Authority shall donate and transfer the property to the department by appropriate instruments of transfer.</w:t>
       </w:r>
@@ -7760,51 +8060,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId81">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.159.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.159.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PROPERTY FINANCED BY BONDS.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Notwithstanding any other provision of this chapter, property used by this state for military purposes that was acquired, constructed, remodeled, or repaired using money from bonds and that has not yet been transferred under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">437.158</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> is owned by the Texas Public Finance Authority and a reference to the department in this chapter in relation to that ownership means the Texas Public Finance Authority until the property is transferred.</w:t>
       </w:r>
@@ -7820,51 +8126,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId82">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.160.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.160.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DONATION OF PROPERTY.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The governing body of a county or municipality, on behalf of the county or municipality, may donate real property to the department for use as a Texas military forces facility.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -7883,51 +8195,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId83">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.161.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.161.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">TAX STATUS OF PROPERTY.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Property held by the department and rents, issues, and profits from the property are exempt from taxation by the state, a municipality, a county or other political subdivision, or a taxing district of this state.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -7937,51 +8255,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId84">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.162.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.162.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">FACILITY ACCESSIBILITY.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The department for new facility construction shall comply with federal and state laws related to facility accessibility.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -7991,51 +8315,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId85">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.163.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.163.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DISPOSAL OF CERTAIN SURPLUS REAL PROPERTY.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">When department property that is owned or transferred to this state is fully paid for and free of liens incurred in connection with the acquisition and construction of the property, the department may, after conducting the analysis required under this section, if applicable, properly dispose of the property that is designated by the adjutant general as surplus.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -8249,51 +8579,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER E.  TEXAS MILITARY FORCES</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.201.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.201.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CERTIFICATION OF MILITARY UNITS.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The adjutant general shall issue each unit a certificate stating that the unit has been duly organized according to the laws and regulations of the Texas military forces and is entitled to the rights, powers, privileges, amenities, and immunities conferred by law and military regulation.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -8312,51 +8648,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId87">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.202.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.202.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">LEAVE OF ABSENCE FOR PUBLIC OFFICERS AND EMPLOYEES.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Except as provided by Subsections (b) and (c), a person who is an officer or employee of this state, a municipality, a county, or another political subdivision of this state and who is a member of the Texas military forces, a reserve component of the armed forces, or a member of a state or federally authorized urban search and rescue team is entitled to a paid leave of absence from the person's duties on a day on which the person is engaged in authorized training or duty ordered or authorized by proper authority for not more than 15 workdays in a fiscal year.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -8745,51 +9087,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId92">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2513</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.203.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.203.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DUAL OFFICE HOLDING.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A position in or membership in the Texas military forces is not considered to be a civil office of emolument.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -8799,51 +9147,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId93">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.204.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.204.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">REEMPLOYMENT OF SERVICE MEMBER CALLED TO TRAINING OR DUTY.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">An employer may not terminate the employment of an employee who is a member of the state military forces of this state or any other state because the employee is ordered to authorized training or duty by a proper authority.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -8899,51 +9253,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId94">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.205.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.205.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">OATH.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A commissioned officer of the Texas military forces may administer oaths for purposes of military administration.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -9021,51 +9381,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId96">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1598</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.206.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.206.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">COMMISSIONS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">An initial state commission in the Texas military forces must be:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -9283,51 +9649,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId97">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.207.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.207.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">MILITARY UNIT AS CORPORATE BODY.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A military unit in the Texas military forces is, from the time of its creation, a body politic and corporate and may:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -9479,51 +9851,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId98">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.208.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.208.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ORGANIZATION PROHIBITED.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Except as provided by Subsection (b), a body of persons other than the regularly organized Texas military forces, the armed forces of the United States, or the active militia of another state may not associate as a military company or organization or parade in public with firearms in a municipality of the state.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -9561,51 +9939,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId99">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.209.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.209.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">FOREIGN TROOPS.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A military force from another state, territory, or district, except a force that is on federal orders and acting as a part of the United States armed forces, may not enter this state without the permission of the governor.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -9624,51 +10008,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId100">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.210.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.210.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">INTERFERENCE WITH TEXAS MILITARY FORCES.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A person commits an offense if the person physically and intentionally hinders, delays, or obstructs or intentionally attempts to hinder, delay, or obstruct a portion of the Texas military forces on active duty in performance of a military duty.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -9811,51 +10201,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId101">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.211.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.211.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">MANAGEMENT OF UNIT FUNDS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The commanding officer of each unit is the custodian of the unit fund.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -10125,51 +10521,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId102">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.212.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.212.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PAY, BENEFITS AND REQUIREMENTS FOR STATE ACTIVE DUTY, STATE TRAINING, AND OTHER DUTY.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This state may make suitable provision for the pay, transportation, subsistence, and housing of service members on state active duty or state training and other duty as necessary to accomplish the mission.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -10576,51 +10978,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId105">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2123</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. January 1, 2016.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.2121.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.2121.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">EXTENDED STATE ACTIVE DUTY SERVICE FOR ADMINISTRATIVE SUPPORT.  (a) The adjutant general may hire service members of the Texas military forces to fill state military positions with the department as authorized by the General Appropriations Act. A service member hired under this section is considered to be on extended state active duty service.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -10697,51 +11105,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId106">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2965</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. June 19, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.213.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.213.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CERTAIN BENEFITS AND PROTECTIONS FOR STATE SERVICE.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A service member of the Texas military forces who is ordered to state active duty or to state training and other duty by the governor, the adjutant general, or another proper authority under the law of this state is entitled to the same benefits and protections provided to persons:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -10819,51 +11233,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId108">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>3066</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. June 15, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.2131.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.2131.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">RIGHT TO CIVIL ACTION AND PRIVATE LEGAL COUNSEL.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This section applies to a service member of the Texas military forces who is ordered to state active duty or to state training and other duty by the governor, the adjutant general, or another proper authority under the law of this state and who is entitled under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">437.213</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> to the same benefits and protections provided to persons:</w:t>
       </w:r>
@@ -11138,51 +11558,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId109">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>484</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.214.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.214.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">MILITARY FUNERALS AND HONORS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">On the request of a person listed in Subsection (b), the Texas military forces may provide a military funeral and honor service for a decedent who served in the Texas military forces.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -11344,51 +11770,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId110">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.215.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.215.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">GRAVE MARKERS FOR STATE MILITARY PERSONNEL.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">On the request of a person listed in Subsection (b), the department shall provide a grave marker for a decedent who served in the Texas military forces.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -11480,51 +11912,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId111">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.216.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.216.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">SERVICE REFERRAL PROGRAM.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The Texas military forces shall develop a program to provide referrals to service members for reintegration services.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -11800,51 +12238,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId112">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.217.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.217.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">EXEMPTION FROM FEES FOR DEPLOYED MILITARY PERSONNEL.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A member of the National Guard on federal active duty, or a member of the armed forces of the United States on active duty, who is preparing to be deployed to serve in a hostile fire zone as designated by the United States secretary of defense is exempt from paying the following state or local governmental fees the member incurs because of the deployment to arrange the member's personal affairs:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -12044,51 +12488,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId113">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.218.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.218.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">TAX EXEMPTION.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">An officer or enlisted service member in the Texas military forces who complies with the service member's military duties as prescribed by this chapter is exempt from payment of a road or street tax.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -12210,51 +12660,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId114">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.219.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.219.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">COMPENSATION.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Except as provided by Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">437.220</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, a member of the Texas military forces who performs training or other military duty under authority of the United States Code may not receive pay or allowances from this state for that duty.</w:t>
       </w:r>
@@ -12363,51 +12819,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId115">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.220.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.220.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">SUPPLEMENTAL DUTY PAY FOR ECONOMIC HARDSHIP.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A person who is called to military duty as a member of the Texas National Guard in the service of this state or the United States by proper federal or state authority and who suffers an economic hardship as a result of serving on military duty is eligible to receive supplemental pay for serving in accordance with this section.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -12585,51 +13047,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId116">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.221.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.221.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">OTHER DUTY AND COMMUNITY SERVICE MISSIONS.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The governor or the adjutant general, if designated by the governor, may require other duty for officers and enlisted persons in the Texas military forces.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -12648,51 +13116,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId117">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.222.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.222.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">LIABILITY OF SERVICE MEMBER.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A service member of the Texas military forces ordered into service of this state by proper authority is not personally liable in the person's private capacity for any act performed or for any contract or other obligation entered into or undertaken in an official capacity in good faith and without intent to defraud in connection with the administration, management, or conduct of the department in business, programs, or other related affairs, under the limited waiver of governmental immunity provided by the Texas Tort Claims Act (Chapter </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">101</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, Civil Practice and Remedies Code).</w:t>
       </w:r>
@@ -12802,51 +13276,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId118">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.223.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.223.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">EXEMPTION FROM ARREST.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A member of the Texas military forces may not be arrested, except for treason, felony, or breach of the peace, while the person is going to or coming from a place that the person was required to be for military duty.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -12875,51 +13355,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId119">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.2235.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.2235.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PUBLIC DUTY JUSTIFICATION.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">9.21</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, Penal Code, applies to conduct of a service member of the Texas military forces ordered into service of this state by proper authority that is performed in the service member's official capacity.</w:t>
       </w:r>
@@ -12935,51 +13421,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId120">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>850</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. May 28, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.224.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.224.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">VOTING.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A unit, force, division, or command of the Texas military forces that is engaged in regular training on a day on which a primary, general, or special election for a state or federal office is held shall provide time off or arrange duty hours to permit all personnel to vote in the election.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -13008,51 +13500,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId121">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.225.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.225.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DISCHARGE.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A service member may be discharged from the Texas military forces according to regulations adopted by the adjutant general or by federal law or regulations.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -13081,51 +13579,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId122">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.226.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.226.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ASSISTANCE FOR TUITION AND FEES.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In this section, "institution of higher education" and "private or independent institution of higher education" have the meanings assigned by Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">61.003</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, Education Code.</w:t>
       </w:r>
@@ -13430,51 +13934,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId123">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.227.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.227.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">COMPENSATION FOR DEATH OR INJURY.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A member of the Texas military forces who is on state active duty, on state training or other duty, or traveling to or from the member's duty location and who is killed or injured while engaged in authorized duty, training, or travel is entitled to receive compensation and protections under Title 5, Labor Code.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -13484,51 +13994,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId124">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.228.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.228.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ISSUANCE AND USE OF UNIFORM AND OTHER MILITARY PROPERTY.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A service member to whom the department issues a uniform or other military property shall give a receipt for the uniform or property.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -13575,51 +14091,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId125">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.229.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.229.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">UNIFORM.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Except as provided by Subsection (b), the uniform of the officers and enlisted service members of the Texas military forces is the uniform prescribed for the United States armed forces with modifications that the governor, or adjutant general if delegated the authority, considers necessary.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -13648,51 +14170,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId126">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.230.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.230.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">EXEMPTION FROM LEVY AND SALE.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Arms, equipment, clothing, and other military supplies issued by the department to units or service members of the Texas military forces for military purposes are exempt from levy and sale because of execution for debt or other legal proceedings.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -13702,51 +14230,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId127">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.231.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.231.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">SEIZURE.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">On a finding by the adjutant general that a person unlawfully possesses, and refuses or fails to deliver up, arms, equipment, or other military property issued by the department for use of the Texas military forces, the governor may by warrant command the sheriff of the county in which the person resides or is located to seize the arms, equipment, or other military property and keep the property subject to the governor's further order.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -13802,51 +14336,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId128">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.232.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.232.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CONFIDENTIALITY OF MILITARY PERSONNEL INFORMATION.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In this section, "military personnel information" means a service member's name, Department of Defense identification number, home address, rank, official title, pay rate or grade, state active duty orders, deployment locations, military duty addresses, awards and decorations, length of military service, and medical records.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -13926,51 +14466,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER F.  TEXAS NATIONAL GUARD</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.251.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.251.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">COMPOSITION.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The Texas National Guard may not exceed half of one percent of the population of the state except in case of war, insurrection, or invasion, the prevention of invasion, the suppression of riot, or the aiding of civil authorities to execute state law.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -13980,51 +14526,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId131">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.252.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.252.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">LOCAL GOVERNMENTAL ASSISTANCE.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Funds, other property, or services may be donated to a unit of the Texas National Guard by any public or private entity, including:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -14091,51 +14643,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId132">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.253.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.253.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PROPERTY FORFEITURE.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">When the National Guard Counterdrug Program assists a federal law enforcement agency in enforcing drug laws, the National Guard Counterdrug Program is considered to be a law enforcement agency of this state for the purpose of participating in the sharing of property seized or forfeited to the United States under federal law.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -14145,51 +14703,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId133">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.254.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.254.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">EMPLOYEES IN TEXAS MILITARY FORCES; EMERGENCY LEAVE.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A state employee called to state active duty as a member of the Texas military forces by the governor or other appropriate authority in response to a natural or man-made disaster is entitled to receive paid emergency leave without loss of military leave under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">437.202</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> or annual leave.</w:t>
       </w:r>
@@ -14255,51 +14819,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId134">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.255.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.255.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ASSISTING TEXAS STATE GUARD WITH CYBER OPERATIONS.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">To serve the state and safeguard the public from malicious cyber activity, the governor may command the Texas National Guard to assist the Texas State Guard with defending the state's cyber operations.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -14324,51 +14894,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER G.  TEXAS STATE GUARD</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.301.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.301.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">COMMANDER.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The commander of the Texas State Guard is responsible:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -14454,51 +15030,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId136">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.302.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.302.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">COMPOSITION.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The Texas State Guard is composed of units the governor, or adjutant general if delegated the authority, considers advisable.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -14861,51 +15443,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId138">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1062</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.303.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.303.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">GOVERNOR'S AUTHORITY.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The governor has full control and authority over the Texas State Guard.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -14962,51 +15550,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId139">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.304.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.304.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ASSISTANCE.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Funds or other property or services may be solicited by or donated to a unit in the Texas State Guard by any public or private entity, including:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -15111,51 +15705,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId140">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.305.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.305.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">EMPLOYEES IN STATE GUARD; EMERGENCY LEAVE.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A state employee called to state active duty as a member of the Texas State Guard by the governor or other appropriate authority in response to a natural or man-made disaster is entitled to receive paid emergency leave without loss of military leave under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">437.202</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> or annual leave.</w:t>
       </w:r>
@@ -15171,51 +15771,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId141">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.306.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.306.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">USE OUTSIDE STATE; FRESH PURSUIT FROM OR INTO STATE.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Except as provided by Subsections (b) and (c), the Texas State Guard may not be required to serve outside the state.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -15327,51 +15933,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId142">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.307.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.307.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">FEDERAL SERVICE.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This chapter does not authorize the calling, ordering, or drafting of all or part of the Texas State Guard into military service of the United States.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -15390,51 +16002,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId143">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.308.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.308.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">RECORDS; ARMS; EQUIPMENT.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The commander of the Texas State Guard shall maintain and preserve the individual and unit records of the Texas State Guard and the Texas State Guard Honorary Reserve.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -15472,51 +16090,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId144">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.309.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.309.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">TEXAS STATE GUARD HONORARY RESERVE.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The governor, or adjutant general under the governor's authority and direction, may transfer to the Texas State Guard Honorary Reserve an officer or enlisted service member of the Texas State Guard who:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -15611,51 +16235,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId145">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.310.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.310.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">TEXAS STATE GUARD UNIFORM AND INSIGNIA FUND.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A special revolving fund is established outside the state treasury to be known as the Texas State Guard uniform and insignia fund.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -15851,51 +16481,57 @@
         <w:t xml:space="preserve">), Sec. 1, eff. June 9, 2023.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For expiration of this section, see Subsection (g).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.311.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.311.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">TEXAS STATE GUARD PROFESSIONALIZATION TASK FORCE.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The Texas State Guard Professionalization Task Force is created to advise the adjutant general on the professionalization of the Texas State Guard.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -16338,51 +16974,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER H.  AWARDS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.351.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.351.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">TEXAS LEGISLATIVE MEDAL OF HONOR.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The Texas Legislative Medal of Honor shall be awarded to a member of the state or federal military forces designated by concurrent resolution of the legislature who voluntarily performs a deed of personal bravery or self-sacrifice involving risk of life that is so conspicuous as to clearly distinguish the service member for gallantry and intrepidity above the service member's comrades.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -16793,51 +17435,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId151">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4421</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2023.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.352.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.352.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">LONE STAR MEDAL OF VALOR.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The Lone Star Medal of Valor shall be awarded to a member of the military forces of this state, another state, or the United States who performs, either individually or as a member of a crew, specific acts of bravery or outstanding courage, or who performs within an exceptionally short period, either individually or as a member of a crew, a closely related series of heroic acts, if the acts involve personal hazard or danger and the voluntary risk of life and result in an accomplishment so exceptional and outstanding as to clearly set the person or crew apart from the person's or crew's comrades or from other persons in similar circumstances.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -16907,51 +17555,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId153">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1597</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2019.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.353.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.353.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">RECOMMENDATIONS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A recommendation for award of the Texas Legislative Medal of Honor or Lone Star Medal of Valor shall be forwarded through military channels to the adjutant general.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -17035,51 +17689,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId154">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.02, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.354.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.354.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">AWARDING.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The governor awards the Texas Legislative Medal of Honor as directed by the legislature under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">437.351</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
@@ -17125,51 +17785,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId155">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.02, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.355.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.355.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">OTHER AWARDS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The governor or adjutant general, if delegated the authority, may adopt policies and regulations relating to awarding:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -18117,51 +18783,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId161">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>793</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.356.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.356.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">POSTHUMOUS AWARDS.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">An award may be made to a person who has died in the same manner as an award to a living person, except the orders and citation must indicate that the award is made posthumously.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -18192,51 +18864,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId162">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.02, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.357.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.357.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DESIGN; RIBBONS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The department shall design and have manufactured the medals, awards, decorations, and ribbons awarded under this subchapter and others that the adjutant general has approved for award.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -18320,51 +18998,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER I.  ADMINISTRATIVE REVIEW AND JUDICIAL ENFORCEMENT</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.401.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.401.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DEFINITIONS.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In this subchapter:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -18457,51 +19141,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId165">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.03, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.402.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.402.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">FILING OF COMPLAINT; FORM AND CONTENT; SERVICE.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A person claiming to be aggrieved by an unlawful employment practice under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">437.204</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> or the person's agent may file a complaint with the commission.</w:t>
       </w:r>
@@ -18707,51 +19397,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId167">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.03, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.403.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.403.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ALTERNATIVE DISPUTE RESOLUTION.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The use of alternative means of dispute resolution, including settlement negotiations, conciliation, facilitation, mediation, fact-finding, minitrials, and arbitration, is encouraged to resolve disputes arising under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">437.204</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
@@ -18802,51 +19498,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId169">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.03, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.404.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.404.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">INVESTIGATION BY COMMISSION.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The commission shall investigate a complaint arising under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">437.204</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> and determine if there is reasonable cause to believe that the respondent engaged in an unlawful employment practice as alleged in the complaint.</w:t>
       </w:r>
@@ -18888,51 +19590,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId171">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.03, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.405.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.405.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">LACK OF REASONABLE CAUSE; DISMISSAL OF COMPLAINT.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">If, after investigation, the commission determines that reasonable cause does not exist to believe that the respondent engaged in an unlawful employment practice under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">437.204</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> as alleged in a complaint, the commission shall issue a written determination incorporating the finding that the evidence does not support the complaint and dismissing the complaint.</w:t>
       </w:r>
@@ -18993,51 +19701,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId173">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.03, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.406.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.406.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DETERMINATION OF REASONABLE CAUSE; REVIEW BY PANEL.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">If, after investigation, the commission determines that there is reasonable cause to believe that the respondent engaged in an unlawful employment practice under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">437.204</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> as alleged in a complaint, the commission shall:</w:t>
       </w:r>
@@ -19117,51 +19831,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId175">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.03, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.407.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.407.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">RESOLUTION BY INFORMAL METHODS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">If a determination of reasonable cause is made, the commission shall endeavor to eliminate the alleged unlawful employment practice arising under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">437.204</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> by informal methods of conference, conciliation, and persuasion.</w:t>
       </w:r>
@@ -19222,51 +19942,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId177">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.03, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.408.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.408.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">NOTICE OF DISMISSAL OR UNRESOLVED COMPLAINT.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">If the commission dismisses a complaint or does not resolve the complaint, the commission shall inform the complainant of the dismissal or failure to resolve the complaint in writing by certified mail.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -19302,51 +20028,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId179">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.03, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.409.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.409.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">TEMPORARY INJUNCTIVE RELIEF.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">If the commission concludes from a preliminary investigation of an unlawful employment practice arising under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">437.204</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> alleged in a complaint that prompt judicial action is necessary, the commission shall file a petition seeking appropriate temporary relief against the respondent pending final determination of a proceeding under this subchapter.</w:t>
       </w:r>
@@ -19502,51 +20234,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId181">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.03, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.410.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.410.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CIVIL ACTION BY COMMISSION.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The commission may bring a civil action against a respondent if:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -19645,51 +20383,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId183">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.03, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.411.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.411.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">NOTICE OF COMPLAINANT'S RIGHT TO FILE CIVIL ACTION.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A complainant who receives notice under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">437.408</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> that the complaint is dismissed or not resolved is entitled to request from the commission a written notice of the complainant's right to file a civil action.</w:t>
       </w:r>
@@ -19788,51 +20532,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId185">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.03, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.412.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.412.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CIVIL ACTION BY COMPLAINANT.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Within 60 days after the date a notice of the right to file a civil action is received, the complainant may bring a civil action against the respondent.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -19868,51 +20618,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId187">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.03, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.413.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.413.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">COMMISSION'S INTERVENTION IN CIVIL ACTION BY COMPLAINANT.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">After receipt of a timely application, a court may permit the commission to intervene in a civil action filed under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">437.412</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> if:</w:t>
       </w:r>
@@ -19998,51 +20754,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId189">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.03, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.414.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.414.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ASSIGNMENT TO EARLY HEARING.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The court shall set an action brought under this subchapter for hearing at the earliest practicable date to expedite the action.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -20078,51 +20840,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId191">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.03, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.415.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.415.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">INJUNCTION; EQUITABLE RELIEF.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">On finding that a respondent engaged in an unlawful employment practice under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">437.204</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> as alleged in a complaint, a court may:</w:t>
       </w:r>
@@ -20312,51 +21080,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId193">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.03, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.416.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.416.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">COMPENSATORY AND PUNITIVE DAMAGES.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">On finding that a respondent engaged in an intentional unlawful employment practice under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">437.204</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> as alleged in a complaint, a court may, as provided by this section, award:</w:t>
       </w:r>
@@ -20657,51 +21431,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId195">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.03, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.417.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.417.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ATTORNEY'S FEES; COSTS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In a proceeding under this subchapter, a court may allow the prevailing party, other than the commission, a reasonable attorney's fee as part of the costs.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -20775,51 +21555,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId197">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.03, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.418.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.418.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">COMPELLED COMPLIANCE.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">If an employer fails to comply with a court order issued under this subchapter, a party to the action or the commission, on the written request of a person aggrieved by the failure, may commence proceedings to compel compliance with the order.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -20855,51 +21641,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId199">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1536</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.03, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 437.419.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">437.419.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">TRIAL DE NOVO.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A judicial proceeding under this subchapter is by trial de novo.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>