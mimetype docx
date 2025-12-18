--- v0 (2025-10-27)
+++ v1 (2025-12-18)
@@ -587,51 +587,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId14">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2018</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 8.004, eff. September 1, 2005.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 469.004.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">469.004.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">APPLICABILITY OF OTHER LAW.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">51.4041</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, Occupations Code, does not apply to this chapter.</w:t>
       </w:r>
@@ -973,51 +979,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId17">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>3163</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2019.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 469.053.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">469.053.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ADVISORY BOARD; TERMS; MEETINGS; REVIEW OF AND COMMENT ON RULES.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The presiding officer of the commission, with the commission's approval, shall appoint an advisory board for the architectural barriers program.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -1727,51 +1739,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId23">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1802</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 3, eff. September 1, 2023.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 469.059.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">469.059.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">COMPLAINTS.  (a)  The department shall continue to monitor a complaint made under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">51.252</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, Occupations Code, that alleges that a building or facility is not in compliance with the standards and specifications adopted by the commission under this chapter until the department determines that:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
@@ -2191,51 +2209,57 @@
         <w:t xml:space="preserve">MODIFICATION OF APPROVED PLANS AND SPECIFICATIONS.  Approved plans and specifications to which any substantial modification is made shall be resubmitted to the department for review and approval.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 2003, 78th Leg., ch. 1276, Sec. 9.005(a), eff. Sept. 1, 2003.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 469.104.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">469.104.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">FAILURE TO SUBMIT PLANS AND SPECIFICATIONS.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The commission shall report to the Texas Board of Architectural Examiners, the Texas Board of Professional Engineers and Land Surveyors, or another appropriate licensing authority the failure of any architect, interior designer, landscape architect, or engineer to submit or resubmit in a timely manner plans and specifications to the department as required by this subchapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -3476,51 +3500,57 @@
         <w:t xml:space="preserve">The executive director may issue a certificate of registration to perform review functions of the commission, inspection functions of the commission, or both review and inspection functions.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 2003, 78th Leg., ch. 1276, Sec. 9.005(a), eff. Sept. 1, 2003.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 469.206.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">469.206.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CERTIFICATE TERM.  The commission by rule shall specify the term of a certificate of registration.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 2003, 78th Leg., ch. 1276, Sec. 9.005(a), eff. Sept. 1, 2003.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>