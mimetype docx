--- v0 (2025-11-15)
+++ v1 (2025-12-18)
@@ -71,51 +71,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER A.  GENERAL PROVISIONS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 472.001.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">472.001.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">APPLICABILITY OF CHAPTER.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This chapter applies to:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -251,51 +257,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId16">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1523</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.04, eff. September 1, 2019.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 472.002.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">472.002.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DEFINITION.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In this chapter, "agency" means an agency listed in Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">472.001</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
@@ -365,51 +377,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER B. STATUS OF AGENCIES</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 472.051.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">472.051.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">SELF-DIRECTED AND SEMI-INDEPENDENT STATUS OF AGENCIES.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Each agency is self-directed and semi-independent as specified in this chapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -664,51 +682,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER C.  POWERS AND DUTIES OF AGENCIES</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 472.101.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">472.101.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">GENERAL DUTIES OF ALL AGENCIES.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In addition to the duties enumerated in the enabling legislation specifically applicable to each agency, each agency shall have the duties prescribed by Sections </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">472.102</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> through </w:t>
       </w:r>
@@ -769,51 +793,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId22">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1685</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 472.102.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">472.102.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">BUDGET.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">An agency shall adopt a budget annually using generally accepted accounting principles.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -957,51 +987,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId25">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1523</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.05, eff. September 1, 2019.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 472.103.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">472.103.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">AUDITS.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Nothing in this chapter shall affect the duty of the state auditor to audit an agency.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -1068,51 +1104,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId27">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1685</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 472.104.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">472.104.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">REPORTING REQUIREMENTS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">An agency shall submit to the legislature and the governor by the first day of the regular session of the legislature a report describing all of the agency's activities in the previous biennium.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -1670,51 +1712,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId29">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1685</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 472.105.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">472.105.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DISPOSITION OF FEES COLLECTED.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">If provided in an agency's enabling legislation, the agency shall collect a professional fee of $200 from its license holders annually, which shall be remitted to the state.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -1772,51 +1820,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId31">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1685</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 472.106.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">472.106.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">GENERAL POWERS OF ALL AGENCIES.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In addition to the powers enumerated in each agency's enabling legislation, each agency shall have the powers described in Sections </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">472.107</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> through </w:t>
       </w:r>
@@ -1877,51 +1931,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId33">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1685</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 472.107.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">472.107.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ABILITY TO CONTRACT.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">To carry out and promote the objectives of this chapter, an agency may enter into contracts and do all other acts incidental to those contracts that are necessary for the administration of its affairs and for the attainment of its purposes.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -2017,51 +2077,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId35">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1685</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 472.108.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">472.108.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PROPERTY.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">An agency may acquire by lease, and maintain, use, and operate, any real, personal, or mixed property necessary to the exercise of the powers, rights, privileges, and functions of the agency.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -2110,51 +2176,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId37">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1685</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 472.109.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">472.109.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">SUITS.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The office of the attorney general shall represent an agency in any litigation.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -2212,51 +2284,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId39">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1685</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 472.110.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">472.110.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">FEES AND DISPOSITION OF FUNDS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Subject to the limitations, if any, in the applicable enabling legislation, each agency may set the amount of fees by statute or rule as necessary for the purpose of carrying out the functions of the agency.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -2386,51 +2464,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId41">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1685</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 472.111.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">472.111.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">POST-PARTICIPATION LIABILITY.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">If a state agency no longer has status under this chapter as a self-directed semi-independent agency for any reason, the state agency shall be liable for any expenses or debts incurred by the state agency during the time the state agency had status as a self-directed semi-independent agency.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -2516,51 +2600,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId43">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1685</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 472.112.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">472.112.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">OPEN GOVERNMENT.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Subject to the confidentiality provisions of an agency's enabling legislation:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -2659,51 +2749,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId45">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1685</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 472.113.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">472.113.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">MEMBERSHIP IN EMPLOYEES RETIREMENT SYSTEM.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Employees of the agencies are members of the Employees Retirement System of Texas under Chapter </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">812</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, and the agencies' independent status shall have no effect on their membership.</w:t>
       </w:r>
@@ -2758,51 +2854,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId47">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1685</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 472.114.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">472.114.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">GIFTS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Notwithstanding other law, an agency may not accept a gift, grant, or donation:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>