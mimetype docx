--- v0 (2025-11-15)
+++ v1 (2025-12-18)
@@ -71,51 +71,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER A.  GENERAL PROVISIONS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 480.0001.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">480.0001.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DEFINITIONS.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In this chapter:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -235,51 +241,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId14">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4174</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. April 1, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 480.0002.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">480.0002.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">RULES.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The office may adopt rules necessary to implement this chapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -289,51 +301,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId15">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4174</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. April 1, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 480.0003.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">480.0003.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CONSTRUCTION OF CHAPTER.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This chapter may not be construed as creating or requiring a state guarantee of an obligation imposed on an endorsing municipality, an endorsing county, or this state under an event support contract or another agreement relating to hosting an event in this state.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -358,51 +376,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER B. ELIGIBILITY</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 480.0051.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">480.0051.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">EVENTS ELIGIBLE FOR FUNDING.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">An event is eligible for funding under this chapter only if:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -545,51 +569,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId17">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4174</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. April 1, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 480.00515.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">480.00515.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">SINGLE YEAR CLASSIFICATION FOR ELIGIBILITY PURPOSES FOR CERTAIN SPORTING EVENTS.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">For purposes of Sections </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">480.0051</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(1) and (3), a sporting event is considered to be held one time in each year if the event is held only one time in any annual season for that sport.</w:t>
       </w:r>
@@ -605,51 +635,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId18">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2325</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 7, eff. September 1, 2023.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 480.0052.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">480.0052.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">LIMITATIONS ON CERTAIN FUNDING REQUESTS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This section applies only to an event for which the office determines under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">480.0102</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> that the total incremental increase in tax receipts is less than $200,000.</w:t>
       </w:r>
@@ -718,51 +754,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER C.  STATE ACTIONS RELATING TO EVENTS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 480.0101.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">480.0101.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PREREQUISITES FOR OFFICE ACTION.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The office may not undertake any duty imposed by this chapter unless:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -810,51 +852,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId20">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4174</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. April 1, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 480.0102.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">480.0102.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DETERMINATION OF INCREMENTAL INCREASE IN CERTAIN TAX RECEIPTS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">After a site selection organization selects a site for an event in this state in accordance with an application by a local organizing committee, endorsing municipality, or endorsing county, the office shall determine the incremental increases in the following tax receipts that the office determines are directly attributable to the preparation for and presentation of the event for the 30-day period that ends at the end of the day after the date on which the event will be held or, if the event will be held on more than one day, after the last date on which the event will be held:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -1095,51 +1143,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId21">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4174</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. April 1, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 480.0103.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">480.0103.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">TIME FOR DETERMINATION.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The office shall determine the incremental increase in tax receipts under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">480.0102</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> not later than the earlier of:</w:t>
       </w:r>
@@ -1199,51 +1253,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId22">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4174</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. April 1, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 480.0104.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">480.0104.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DESIGNATION OF MARKET AREA.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">For purposes of Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">480.0102</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(a)(1), the office shall designate as a market area for an event each area in which the office determines there is a reasonable likelihood of measurable economic impact directly attributable to the preparation for and presentation of the event.</w:t>
       </w:r>
@@ -1306,51 +1366,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId23">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4174</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. April 1, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 480.0105.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">480.0105.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ESTIMATE OF TAX REVENUE CREDITED TO FUND.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Not later than three months before the date of an event, the office shall provide an estimate of the total amount of tax revenue that would be transferred or deposited to the events trust fund under this chapter in connection with that event if the event were held in this state at a site selected in accordance with an application by a local organizing committee, endorsing municipality, or endorsing county.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -1398,51 +1464,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId24">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4174</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. April 1, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 480.0106.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">480.0106.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">MODEL EVENT SUPPORT CONTRACT.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The office may adopt a model event support contract and make the contract available on the office's Internet website.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -1486,51 +1558,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER D.  FUND ESTABLISHMENT AND CONTRIBUTIONS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 480.0151.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">480.0151.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">EVENTS TRUST FUND.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The events trust fund is established outside the state treasury and is held in trust by the comptroller for administration of this chapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -1540,51 +1618,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId26">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4174</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. April 1, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 480.0152.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">480.0152.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DEPOSIT OF MUNICIPAL AND COUNTY TAX REVENUE.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Each endorsing municipality or endorsing county shall remit to the comptroller and the comptroller shall deposit into a trust fund created by the comptroller, at the direction of the office, and designated as the events trust fund the amount of the municipality's or county's hotel occupancy tax revenue determined under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">480.0102</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(a)(4) or (5), less any amount of the revenue that the municipality or county determines is necessary to meet the obligations of the municipality or county.</w:t>
       </w:r>
@@ -1737,51 +1821,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId27">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4174</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. April 1, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 480.0153.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">480.0153.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">OTHER LOCAL MONEY.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In lieu of the municipal and county tax revenues remitted or retained under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">480.0152</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, an endorsing municipality or endorsing county may remit to the office for deposit to the events trust fund other local money in an amount equal to the total amount of municipal and county tax revenue determined under Sections </w:t>
       </w:r>
@@ -1847,51 +1937,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId28">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4174</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. April 1, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 480.0154.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">480.0154.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">SURCHARGES AND USER FEES.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">An endorsing municipality or endorsing county may collect and remit to the office surcharges and user fees attributable to an event for deposit to the events trust fund.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -1901,51 +1997,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId29">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4174</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. April 1, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 480.0155.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">480.0155.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">STATE TAX REVENUE.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The comptroller, at the direction of the office, shall transfer to the events trust fund a portion of the state tax revenue in an amount equal to 6.25 multiplied by the amount of the municipal and county tax revenue retained or remitted under this chapter, including:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -2071,51 +2173,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER E.  DISBURSEMENTS FROM FUND</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 480.0201.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">480.0201.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DISBURSEMENT WITHOUT APPROPRIATION.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Money in the events trust fund may be disbursed by the office without appropriation only as provided by this chapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -2125,51 +2233,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId31">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4174</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. April 1, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 480.0202.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">480.0202.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DISBURSEMENT FROM FUND.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">After approval of each contributing endorsing municipality and endorsing county, the office may make a disbursement from the events trust fund for a purpose for which a local organizing committee, an endorsing municipality, an endorsing county, or this state is obligated under an event support contract, including an obligation to pay costs incurred in making preparations necessary for the event and conducting the event.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -2217,51 +2331,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId32">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4174</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. April 1, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 480.0203.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">480.0203.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">REDUCTION OF DISBURSEMENT AMOUNT.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">After the conclusion of an event, the office shall compare information on the actual attendance figures provided under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">480.0251</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> with the estimated attendance numbers used to determine the incremental increase in tax receipts under Section </w:t>
       </w:r>
@@ -2412,51 +2532,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId33">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4174</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. April 1, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 480.0204.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">480.0204.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ALLOWABLE EXPENSES.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Money in the events trust fund may be used to:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -2579,51 +2705,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId34">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4174</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. April 1, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 480.0205.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">480.0205.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">LIMITATION ON CERTAIN DISBURSEMENTS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A disbursement from the events trust fund is limited to five percent of the cost of a structural improvement or a fixture if:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -2690,51 +2822,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId35">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4174</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. April 1, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 480.0206.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">480.0206.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PROHIBITED DISBURSEMENTS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Subject to Subsection (b), the office may not make a disbursement from the events trust fund that the office determines would be used to:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -2820,51 +2958,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId36">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4174</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. April 1, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 480.0207.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">480.0207.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">REMITTANCE OF REMAINING FUND MONEY.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">On payment of all municipal, county, or state obligations under an event support contract related to the location of an event in this state, the office shall remit to each endorsing entity, in proportion to the amount contributed by the entity, any money remaining in the events trust fund.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -2889,51 +3033,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER F.  LOCAL POWERS AND DUTIES RELATING TO EVENTS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 480.0251.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">480.0251.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">REQUIRED INFORMATION.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A local organizing committee, endorsing municipality, or endorsing county shall provide information required by the office to fulfill the office's duties under this chapter, including:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -3057,51 +3207,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId38">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4174</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. April 1, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 480.0252.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">480.0252.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ISSUANCE OF NOTES.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">To meet its obligations under an event support contract to improve, construct, renovate, or acquire facilities or to acquire equipment, an endorsing municipality by ordinance or an endorsing county by order may authorize the issuance of notes.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -3187,51 +3343,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId39">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4174</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.01, eff. April 1, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 480.0253.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">480.0253.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PLEDGE OF SURCHARGES TO GUARANTEE OBLIGATIONS.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">An endorsing municipality or endorsing county may guarantee its obligations under an event support contract and this chapter by pledging, in addition to the tax revenue deposited under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">480.0152</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, surcharges from user fees charged in connection with the event, including parking or ticket fees.</w:t>
       </w:r>