--- v0 (2025-11-15)
+++ v1 (2025-12-18)
@@ -465,51 +465,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId18">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>3474</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 9.005, eff. September 1, 2023.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 57.002.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">57.002.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">APPOINTMENT OF INTERPRETER OR CART PROVIDER; CART PROVIDER LIST; PAYMENT OF INTERPRETER COSTS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A court shall appoint a certified court interpreter or a certified CART provider for an individual who has a hearing impairment or a licensed court interpreter for an individual who can hear but does not comprehend or communicate in English if a motion for the appointment of an interpreter or provider is filed by a party or requested by a witness in a civil or criminal proceeding in the court.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -1192,51 +1198,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER B. INTERPRETERS FOR HEARING-IMPAIRED INDIVIDUALS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 57.021.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">57.021.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">COURT INTERPRETER CERTIFICATION PROGRAM.  (a)  The department shall certify court interpreters to interpret court proceedings for a hearing-impaired individual.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -1362,51 +1374,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId31">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1620</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 4, eff. June 14, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 57.022.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">57.022.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CERTIFICATION; RULES.  (a)  The department shall certify an applicant who passes the appropriate examination prescribed by the department and who possesses the other qualifications required by rules adopted under this subchapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -1714,51 +1732,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId33">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2200</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 5, eff. September 1, 2005.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 57.024.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">57.024.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DUTIES OF THE COMMISSIONER.  (a)  The commissioner shall enforce this subchapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -1797,51 +1821,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId34">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2200</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 6, eff. September 1, 2005.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 57.025.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">57.025.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DENIAL, SUSPENSION, OR REVOCATION OF CERTIFICATE.  (a)  The executive commissioner of the Health and Human Services Commission shall adopt rules establishing the grounds for denial, suspension, revocation, and reinstatement of a certificate issued under this subchapter.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The department may revoke or suspend certification under this subchapter only after a hearing.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -1889,51 +1919,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId35">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2200</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 7, eff. September 1, 2005.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 57.026.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">57.026.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PROHIBITED ACTS.  A person may not interpret for a hearing-impaired individual at a court proceeding or</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> advertise or represent that the person is a certified court interpreter unless the person holds an appropriate certificate under this subchapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>