--- v0 (2025-11-15)
+++ v1 (2025-12-18)
@@ -203,51 +203,57 @@
         <w:t xml:space="preserve">"Teacher retirement system" means the Teacher Retirement System of Texas.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 1993, 73rd Leg., ch. 791, Sec. 2, eff. June 18, 1993.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 805.0015.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">805.0015.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">APPLICABILITY.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This chapter does not apply to a member of the employees retirement system who is subject to Chapter </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">820</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">.</w:t>
       </w:r>