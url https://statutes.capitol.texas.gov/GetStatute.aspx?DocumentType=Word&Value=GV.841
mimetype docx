--- v0 (2025-11-15)
+++ v1 (2025-12-17)
@@ -805,51 +805,57 @@
         <w:t xml:space="preserve">RETIREMENT SYSTEM.  The Texas County and District Retirement System is continued in existence and is the name by which the business of the retirement system shall be transacted, all its funds invested, and all its cash and other property held.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1981, 67th Leg., p. 1876, ch. 453, Sec. 1, eff. Sept. 1, 1981.  Renumbered from Vernon's Ann.Civ.St. Title 110B, Sec. 51.003 by Acts 1989, 71st Leg., ch. 179, Sec. 1, eff. Sept. 1, 1989.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 841.004.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">841.004.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">POWERS, PRIVILEGES, AND IMMUNITIES.  (a)  The retirement system is a governmental entity and has the powers, privileges, and immunities of a corporation, as well as the powers, privileges, and immunities conferred by this subtitle.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -947,51 +953,57 @@
         <w:t xml:space="preserve">The venue of an action brought under this section is in either Travis County or a county in which the subdivision is situated.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1981, 67th Leg., p. 1876, ch. 453, Sec. 1, eff. Sept. 1, 1981.  Renumbered from Vernon's Ann.Civ.St. Title 110B, Sec. 51.005 by Acts 1989, 71st Leg., ch. 179, Sec. 1, eff. Sept. 1, 1989.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 841.0051.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">841.0051.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">VENUE.  (a)  The venue of any action brought against the retirement system in a state court or before the State Office of Administrative Hearings is in Travis County.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -1011,51 +1023,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId18">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>633</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 3, eff. January 1, 2006.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 841.006.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">841.006.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">EXEMPTION FROM EXECUTION.(a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">All retirement annuity payments, other benefit payments, and a member's accumulated contributions are unassignable and are exempt from execution, garnishment, attachment, and state and local taxation.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -1627,51 +1645,57 @@
         <w:t xml:space="preserve">DIVORCE-DECREE PAYMENTS PROTECTED.  The system and officials of the system are not liable to any person for making payments of any benefits in accordance with the provisions of a decree of divorce in a cause in which the member or annuitant was a party.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 1985, 69th Leg., ch. 291, Sec. 3, eff. June 12, 1985.  Renumbered from Vernon's Ann.Civ.St. Title 110B, Sec. 51.009 and amended by Acts 1989, 71st Leg., ch. 179, Sec. 1, eff. Sept. 1, 1989.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 841.0091.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">841.0091.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DIVISION OF BENEFITS ON DIVORCE OF MEMBER.  (a)  On receipt of a qualified domestic relations order incident to a divorce that awards a portion of a member's accrued benefit to a former spouse of the member and that strictly follows the terms and format of the model qualified domestic relations order, as well as any other requirements, adopted by the board of trustees for this purpose, the retirement system shall divide the accrued benefit into two separate benefits that, in combination at the time of division, are actuarially equivalent to the undivided accrued benefit.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>