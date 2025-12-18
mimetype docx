--- v0 (2025-10-23)
+++ v1 (2025-12-18)
@@ -834,51 +834,57 @@
         <w:t xml:space="preserve">PUBLIC ANNOUNCEMENT OF EXTENDED BENEFIT PERIOD.  The commission shall publicly announce, in accordance with commission rule, the beginning of each extended benefit period and the termination of each extended benefit period.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1993, 73rd Leg., ch. 269, Sec. 1, eff. Sept. 1, 1993.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 209.025.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">209.025.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">FEDERAL FUNDING OF EXTENDED BENEFITS.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Notwithstanding any other provision of this subchapter, the commission by rule may adjust the extended benefit eligibility period as necessary to maximize the receipt of any fully funded federal extended unemployment benefits, if full federal funding for those benefits is available.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>